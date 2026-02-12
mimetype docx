--- v0 (2025-11-22)
+++ v1 (2026-02-12)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="012D6787" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRDefault="00EB4BBC" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E96536" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRDefault="00EB4BBC" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
@@ -533,2266 +533,2330 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D62DA8" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRPr="00EB4BBC" w:rsidRDefault="00EB4BBC" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DA24CC4" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRPr="00EB4BBC" w:rsidRDefault="00EB4BBC" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FFC5AA5" w14:textId="1F80C65E" w:rsidR="00BB391C" w:rsidRPr="00BC06A4" w:rsidRDefault="00194573" w:rsidP="00BB391C">
+    <w:p w14:paraId="3FFC5AA5" w14:textId="1DEAF352" w:rsidR="00BB391C" w:rsidRPr="00BC06A4" w:rsidRDefault="005850F7" w:rsidP="00BB391C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00BB391C" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. izdaja, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C00705">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>januar 2025</w:t>
+        <w:t xml:space="preserve">februar </w:t>
+      </w:r>
+      <w:r w:rsidR="00194573">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1556FBD9" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRDefault="00EB4BBC" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB4BBC">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:id w:val="-1826358034"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="45086F40" w14:textId="77777777" w:rsidR="00D06047" w:rsidRPr="00FB3C68" w:rsidRDefault="00D06047" w:rsidP="00364680">
           <w:pPr>
             <w:pStyle w:val="NaslovTOC"/>
           </w:pPr>
           <w:r w:rsidRPr="00FB3C68">
             <w:t>Vsebina</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="369FA60B" w14:textId="568E0EA1" w:rsidR="0030259C" w:rsidRDefault="00D06047">
+        <w:p w14:paraId="5F8ABFFC" w14:textId="7A63B32F" w:rsidR="00832261" w:rsidRDefault="00D06047">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc187232316" w:history="1">
-            <w:r w:rsidR="0030259C" w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515303" w:history="1">
+            <w:r w:rsidR="00832261" w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>1.0 PRAVNE PODLAGE in koristne povezave</w:t>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232316 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515303 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="0030259C">
+            <w:r w:rsidR="00832261">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25B1C0E0" w14:textId="4F9F7C5E" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="68F41896" w14:textId="363229D7" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232317" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515304" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>2.0 SPLOŠNO O POSEBNIH UREDITVAH VEM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232317 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515304 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F4112CA" w14:textId="35700221" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="77601DDD" w14:textId="0E60884A" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232318" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515305" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>3.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="sl-SI"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F43CC7">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>KRAJ OPRAVLJANJA STORITEV, DOBAV BLAGA NA DALJAVO IN DOBAV BLAGA PREK ELEKTRONSKIH VMESNIKOV ZNOTRAJ UNIJE, OPRAVLJENIH OSEBAM, KI NISO DAVČNI ZAVEZANCI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232318 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515305 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E7A98CF" w14:textId="24352454" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="3D668C4A" w14:textId="4A9AD117" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232319" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515306" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">3.1 Prag v zvezi s krajem dobave blaga na daljavo </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> in opravljanja storitev (10.000 evrov)</w:t>
+              <w:t>3.1 Prag v zvezi s krajem dobave blaga na daljavo in opravljanja storitev (10.000 evrov)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232319 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515306 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="70453DB3" w14:textId="202D8A46" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="2220C708" w14:textId="2C71F72D" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232320" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515307" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>4.0 ELEKTRONSKI VMESNIK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232320 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515307 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B5CE9A6" w14:textId="2FCBCEC1" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="5E8030B5" w14:textId="3CC10FE4" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232321" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515308" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1 Transakcije, vključene v določbo o domnevnem dobavitelju</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232321 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515308 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="267C5541" w14:textId="0B8DA6FF" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="76D96F6F" w14:textId="5C816FB9" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232322" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515309" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2 Kdaj davčni zavezanec omogoča dobavo blaga za uporabo določbe o domnevnem dobavitelju</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232322 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515309 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ADF7130" w14:textId="41D50954" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="0E94F3CE" w14:textId="28ACE44C" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232323" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515310" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3 Obveznosti elektronskih vmesnikov glede izdajanja računov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232323 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515310 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3905F85C" w14:textId="1380E2B5" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="0359F0B1" w14:textId="0EEFECB6" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232324" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515311" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4 Obveznosti elektronskih vmesnikov glede vodenja evidenc in glede poročanja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232324 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515311 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3515A48F" w14:textId="3C4F661D" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="2C737B63" w14:textId="1E83E722" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232325" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515312" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>5.0 PRIJAVA V POSEBNO UREDITEV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232325 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515312 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A56D233" w14:textId="7F31D7A0" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="65514A92" w14:textId="3BD87DD3" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232326" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515313" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1 Prijava v unijsko ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232326 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515313 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FCAB69D" w14:textId="0BDEC7AA" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="7AA6B96C" w14:textId="07328C55" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232327" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515314" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5. 2 Prijava v neunijsko ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232327 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515314 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6ECC4E78" w14:textId="0A39B213" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="69246423" w14:textId="108B24D1" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232328" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515315" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5. 3 Prijava v uvozno ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232328 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515315 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2EEB3C98" w14:textId="70748973" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="34226EF4" w14:textId="5146F01F" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232329" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515316" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>6.0 IZKLJUČITEV IZ POSEBNE UREDITVE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232329 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515316 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11805562" w14:textId="5AB88EDE" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="2807511F" w14:textId="6E141D20" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232330" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515317" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.1 Izključitev iz unijske ureditve</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232330 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515317 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="035852FE" w14:textId="7BDBE93B" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="3BBFDADE" w14:textId="205A8449" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232331" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515318" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.2 Izključitev iz neunijske ureditve</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232331 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515318 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E748B33" w14:textId="3F5E5B85" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="4A3C50DD" w14:textId="51837F86" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232332" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515319" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.3 Izključitev iz uvozne ureditve</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232332 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515319 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="080D14D3" w14:textId="2E5CB1DE" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="06F6FC70" w14:textId="2B7DE474" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232333" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515320" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>7.0 POSEBNI OBRAČUN DDV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232333 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515320 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="78E48857" w14:textId="4E2116F1" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="4C3F1979" w14:textId="240DEC9B" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232334" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515321" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1 Posebni obračun DDV – unijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232334 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515321 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="724F5974" w14:textId="06DC3AF4" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="2BC1070F" w14:textId="762582EF" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232335" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515322" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.2 Posebni obračun DDV – neunijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232335 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515322 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6927AE0D" w14:textId="70C04E16" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="27388498" w14:textId="739B165C" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232336" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515323" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.3 Posebni obračun DDV – uvozna ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232336 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515323 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="324D0CC1" w14:textId="46349F18" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="3E439343" w14:textId="7A5F62F6" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232337" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515324" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.4 Spremembe/popravki posebnega obračuna</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232337 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515324 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50EF0E65" w14:textId="1633FC4E" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="4175353A" w14:textId="456CBB50" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232338" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515325" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>8.0 PLAČILO DDV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232338 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515325 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E082110" w14:textId="78C44FD2" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="4887BB46" w14:textId="72407B0F" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232339" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515326" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>9.0 ODBITEK ALI VRAČILO DDV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232339 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515326 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18E963FE" w14:textId="273ECEE3" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="1A285808" w14:textId="178FE0FF" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232340" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515327" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.1 Odbitek ali vračilo DDV – unijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232340 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515327 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CADC071" w14:textId="3B8E3D75" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="18C5D817" w14:textId="1E5A323F" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232341" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515328" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.2 Odbitek DDV – neunijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232341 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515328 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40BC9F98" w14:textId="3BCB46A1" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="78FFB222" w14:textId="6B1A11D1" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232342" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515329" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.3 Odbitek DDV – uvozna ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232342 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515329 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F435D51" w14:textId="7EE97624" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="0461C302" w14:textId="3A5F5E35" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232343" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515330" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>10.0 VODENJE EVIDENC IN IZDAJA RAČUNOV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232343 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515330 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="765FB0C2" w14:textId="0064F6EE" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="3582D28F" w14:textId="7F74DD7F" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232344" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515331" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.1 Vodenje evidenc in izdaja računov – unijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232344 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515331 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="500CF57E" w14:textId="23529E3A" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="76D47F94" w14:textId="0724C7CB" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232345" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515332" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.2 Vodenje evidenc in izdaja računov – neunijska ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232345 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515332 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C32B5B9" w14:textId="077E3C6A" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="512F437B" w14:textId="60F565B1" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine2"/>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232346" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515333" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.3 Vodenje evidenc in izdaja računov – posebna uvozna ureditev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232346 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515333 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>34</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6072309A" w14:textId="108D1CBB" w:rsidR="0030259C" w:rsidRDefault="0030259C">
+        <w:p w14:paraId="1D3CA31F" w14:textId="202D4A6C" w:rsidR="00832261" w:rsidRDefault="00832261">
           <w:pPr>
             <w:pStyle w:val="Kazalovsebine1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="sl-SI"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc187232347" w:history="1">
-            <w:r w:rsidRPr="00F43CC7">
+          <w:hyperlink w:anchor="_Toc221515334" w:history="1">
+            <w:r w:rsidRPr="00A30D60">
               <w:rPr>
                 <w:rStyle w:val="Hiperpovezava"/>
               </w:rPr>
               <w:t>11.0 KAZENSKE DOLOČBE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc187232347 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221515334 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>36</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79183FD0" w14:textId="3B81AECB" w:rsidR="00D06047" w:rsidRDefault="00D06047">
+        <w:p w14:paraId="79183FD0" w14:textId="3A4AA325" w:rsidR="00D06047" w:rsidRDefault="00D06047">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3254FFC8" w14:textId="77777777" w:rsidR="00BE65C8" w:rsidRDefault="00BE65C8" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01E560D2" w14:textId="77777777" w:rsidR="00BE65C8" w:rsidRDefault="00BE65C8" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3177,50 +3241,61 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C48EE48" w14:textId="64E9F6C7" w:rsidR="000369D0" w:rsidRDefault="000369D0" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EAD1A17" w14:textId="51CED07A" w:rsidR="000369D0" w:rsidRDefault="000369D0" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="27CAC723" w14:textId="77777777" w:rsidR="00832261" w:rsidRDefault="00832261" w:rsidP="00EB4BBC">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0620B65C" w14:textId="77777777" w:rsidR="000369D0" w:rsidRDefault="000369D0" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79481A77" w14:textId="77777777" w:rsidR="00CE7616" w:rsidRDefault="00CE7616" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B9366C4" w14:textId="77777777" w:rsidR="00BE65C8" w:rsidRDefault="00BE65C8" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
@@ -3228,163 +3303,163 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CF8253" w14:textId="77777777" w:rsidR="00A70201" w:rsidRDefault="00A70201" w:rsidP="00EB4BBC">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60DA5E1E" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="004F0E5F" w:rsidRDefault="00722079" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc412566284"/>
       <w:bookmarkStart w:id="1" w:name="_Toc416205948"/>
       <w:bookmarkStart w:id="2" w:name="_Toc534614884"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc187232316"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc221515303"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="004F0E5F">
         <w:t>0 PRAVNE PODLAGE</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in koristne povezave</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="34599AE9" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C98B9B4" w14:textId="121AE4FC" w:rsidR="00722079" w:rsidRPr="008E5F71" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="6C98B9B4" w14:textId="121AE4FC" w:rsidR="00722079" w:rsidRPr="008E5F71" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="003A1B6E">
+        <w:r w:rsidRPr="003A1B6E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Zakon o davku na dodano vrednost</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="008E5F71">
+      <w:r w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A191F29" w14:textId="7E3552CE" w:rsidR="00722079" w:rsidRPr="008E5F71" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="3A191F29" w14:textId="7E3552CE" w:rsidR="00722079" w:rsidRPr="008E5F71" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="7030A0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00AB661B">
+        <w:r w:rsidRPr="00AB661B">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Pravilnik o izvajanju zakona o davku na dodano vrednost</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008B4C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038F07DA" w14:textId="6832E90F" w:rsidR="008E5F71" w:rsidRPr="008E5F71" w:rsidRDefault="00654300" w:rsidP="008E5F71">
+    <w:p w14:paraId="038F07DA" w14:textId="6832E90F" w:rsidR="008E5F71" w:rsidRPr="008E5F71" w:rsidRDefault="008E5F71" w:rsidP="008E5F71">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="008E5F71" w:rsidRPr="002C3F7C">
+        <w:r w:rsidRPr="002C3F7C">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Pravilnik o spremembah Pravilnika o pogojih in načinu uveljavljanja oprostitev po 51. členu Zakona od davku na dodano vrednost</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E5F71">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="7030A0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CD299B" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
@@ -3476,420 +3551,420 @@
       <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00AF02AF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Izvedbeno uredbo Sveta (EU) 2019/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (izvedbena uredba o DDV);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7337C4B0" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="7337C4B0" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+        <w:r w:rsidRPr="00AF02AF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Sklep Sveta (EU) 2020/1109</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+      <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dne 20. julija 2020 o spremembi direktiv (EU) 2017/2455 in (EU) 2019/1995 glede datumov prenosa in začetka uporabe v odziv na pandemijo COVID-19;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8182FB" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="3D8182FB" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+        <w:r w:rsidRPr="00AF02AF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Uredba Sveta (EU) 2020/1108</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+      <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dne 20. julija 2020 o spremembi Uredbe (EU) 2017/2454 glede datumov začetka uporabe v odziv na pandemijo COVID-19;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8AB884" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="2C8AB884" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00AF02AF" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+        <w:r w:rsidRPr="00AF02AF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Izvedbena uredba Sveta (EU) 2020/1112</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+      <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dne 20. julija 2020 o spremembi Izvedbene uredbe (EU) 2019/2026 glede datumov začetka uporabe v odziv na pandemijo COVID-19;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D577EB" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="60D577EB" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+        <w:r w:rsidRPr="00AF02AF">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Izvedbena uredba Komisije (EU) 2020/1318</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+      <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dne 22. septembra 2020 o spremembi izvedbenih uredb (EU) 2020/21 in (EU) 2020/194 glede datumov začetka uporabe v odziv na pandemijo COVID</w:t>
       </w:r>
-      <w:r w:rsidR="00722079" w:rsidRPr="00AF02AF">
+      <w:r w:rsidRPr="00AF02AF">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>‐</w:t>
       </w:r>
-      <w:r w:rsidR="00722079">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>19;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786655A6" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="786655A6" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00F1794A">
+        <w:r w:rsidRPr="00F1794A">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>D</w:t>
         </w:r>
-        <w:r w:rsidR="00722079">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>irektiva Sveta</w:t>
         </w:r>
-        <w:r w:rsidR="00722079" w:rsidRPr="00F1794A">
+        <w:r w:rsidRPr="00F1794A">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2009/132/ES</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="00F1794A">
+      <w:r w:rsidRPr="00F1794A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dne 19. oktobra 2009 o določitvi področja uporabe 143(b) in (c) Direktive 2006/112/ES glede oprostitve davka na dodano vrednost na končni uvoz določenega blaga</w:t>
       </w:r>
-      <w:r w:rsidR="00722079">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F0B4FF" w14:textId="4D516172" w:rsidR="00722079" w:rsidRPr="000700CD" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="08F0B4FF" w14:textId="4D516172" w:rsidR="00722079" w:rsidRPr="000700CD" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00B95610">
+        <w:r w:rsidRPr="00B95610">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Pojasnila EK o pravilih o DDV pri e-trgovanju</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="000700CD">
+      <w:r w:rsidRPr="000700CD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00A96843" w:rsidRPr="00A96843">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:val="en" w:eastAsia="sl-SI"/>
           </w:rPr>
           <w:t>Explanatory Notes on the new VAT e-commerce rules</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="000700CD">
+      <w:r w:rsidRPr="000700CD">
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155C5F80" w14:textId="4D6A783C" w:rsidR="00722079" w:rsidRPr="000700CD" w:rsidRDefault="00654300" w:rsidP="00722079">
+    <w:p w14:paraId="155C5F80" w14:textId="4D6A783C" w:rsidR="00722079" w:rsidRPr="000700CD" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="160"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="7030A0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00722079" w:rsidRPr="00B95610">
+        <w:r w:rsidRPr="00B95610">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:lang w:eastAsia="sl-SI"/>
           </w:rPr>
           <w:t>Priročnik o sistemu vse na enem mestu za DDV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00722079" w:rsidRPr="000700CD">
+      <w:r w:rsidRPr="000700CD">
         <w:rPr>
           <w:color w:val="7030A0"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00722079">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005A69E6">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="005A69E6">
         <w:instrText xml:space="preserve"> HYPERLINK "file:///C:\\Users\\lapip\\Downloads\\OSS_guidelines_en%20(5).pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="005A69E6">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C22D50" w:rsidRPr="00C22D50">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:t>Guide</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C22D50" w:rsidRPr="00C22D50">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C22D50" w:rsidRPr="00C22D50">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C22D50" w:rsidRPr="00C22D50">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:t xml:space="preserve"> VAT OSS</w:t>
       </w:r>
       <w:r w:rsidR="005A69E6">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00722079">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C86235" w14:textId="77777777" w:rsidR="00722079" w:rsidRPr="00956049" w:rsidRDefault="00722079" w:rsidP="00722079">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="096C4148" w14:textId="77777777" w:rsidR="00722079" w:rsidRDefault="00722079" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E209125" w14:textId="77777777" w:rsidR="00FB3C68" w:rsidRDefault="00FB3C68" w:rsidP="00FB3C68">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="026D1655" w14:textId="77777777" w:rsidR="00FB3C68" w:rsidRDefault="00FB3C68" w:rsidP="00FB3C68">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19111936" w14:textId="77777777" w:rsidR="00EB4BBC" w:rsidRPr="00BC06A4" w:rsidRDefault="00FA4594" w:rsidP="00851C13">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc187232317"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc221515304"/>
       <w:r w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2.0 </w:t>
       </w:r>
       <w:r w:rsidR="00EB4BBC" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">SPLOŠNO O </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00B96738" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>POSEBNI</w:t>
       </w:r>
       <w:r w:rsidR="00EA7183" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>H</w:t>
@@ -3903,381 +3978,316 @@
       <w:r w:rsidR="00EA7183" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">AH </w:t>
       </w:r>
       <w:r w:rsidR="0071301F" w:rsidRPr="00BC06A4">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>VEM</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="4000ECFB" w14:textId="77777777" w:rsidR="004E7F27" w:rsidRPr="00BC06A4" w:rsidRDefault="004E7F27" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="it-IT" w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6168CD89" w14:textId="213DD3C7" w:rsidR="00B758C6" w:rsidRPr="008E5F71" w:rsidRDefault="00EA7183" w:rsidP="00732F66">
+    <w:p w14:paraId="6168CD89" w14:textId="711A3B15" w:rsidR="00B758C6" w:rsidRPr="008E5F71" w:rsidRDefault="00EA7183" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">S </w:t>
       </w:r>
       <w:r w:rsidR="00B758C6" w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pravilnikom o obveznostih glede davka na dodano vrednost v zvezi z direktivami Sveta (EU), ki veljajo za opravljanje storitev in prodajo blaga na daljavo</w:t>
       </w:r>
       <w:r w:rsidR="008E5F71" w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidR="00B758C6" w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E5F71" w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pravilnikom o spremembah Pravilnika o pogojih in načinu uveljavljanja oprostitev po 51. členu Zakona od davku na dodano vrednost </w:t>
       </w:r>
-      <w:r w:rsidR="00364680" w:rsidRPr="00A70201">
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sta </w:t>
+      </w:r>
+      <w:r w:rsidR="00B758C6" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s 1. julijem 2021 </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spremenili </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>obstoječi posebni ureditvi DDV (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>neunijska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>unijska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ureditev) in</w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dodala</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B758C6" w:rsidRPr="008E5F71">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="008E5F71">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> s 1. julijem 2021 </w:t>
-[...114 lines deleted...]
-        <w:t xml:space="preserve"> nova (uvozna ureditev).</w:t>
+        <w:t>nova (uvozna ureditev).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD02E55" w14:textId="77777777" w:rsidR="008E5F71" w:rsidRPr="008E5F71" w:rsidRDefault="008E5F71" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="513D205F" w14:textId="649377B5" w:rsidR="009356CB" w:rsidRPr="002F3509" w:rsidRDefault="009356CB" w:rsidP="00732F66">
+    <w:p w14:paraId="513D205F" w14:textId="041FF308" w:rsidR="009356CB" w:rsidRPr="002F3509" w:rsidRDefault="009356CB" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Določbe Pravilnika o obveznostih glede davka na dodano vrednost v zvezi z direktivami Sveta (EU), ki veljajo za opravljanje storitev in prodajo blaga na daljavo so </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">Določbe Pravilnika o obveznostih glede davka na dodano vrednost v zvezi z direktivami Sveta (EU), ki veljajo za opravljanje storitev in prodajo blaga na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daljavo so </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">bile </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F3509">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prenesene v </w:t>
       </w:r>
-      <w:r w:rsidR="001E2E7F" w:rsidRPr="002F3509">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="001E2E7F" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zakon o spremembah in dopolnitvah Zakona o davku na dodano vrednost – ZDDV-1M (</w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00E011BC" w:rsidRPr="002F3509">
+        <w:r w:rsidR="00E011BC" w:rsidRPr="00AA7053">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="auto"/>
+            <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Uradni list RS, št. 3/2022</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001E2E7F" w:rsidRPr="002F3509">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="001E2E7F" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F3509">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="00364680" w:rsidRPr="00364680">
-[...48 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z uveljavitvijo ZDDV-1M, to je 22. 1. 2022, </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prenehale </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>veljati.</w:t>
       </w:r>
       <w:r w:rsidR="001E2E7F" w:rsidRPr="002F3509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A1D58E" w14:textId="77777777" w:rsidR="00E011BC" w:rsidRPr="00E011BC" w:rsidRDefault="00E011BC" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
@@ -4362,314 +4372,248 @@
         <w:t>izključitev</w:t>
       </w:r>
       <w:r w:rsidRPr="005D653F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in predložitev posebnega obračuna DDV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1690106F" w14:textId="77777777" w:rsidR="001E2E7F" w:rsidRDefault="001E2E7F" w:rsidP="003066D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E0B48E5" w14:textId="5B2CE595" w:rsidR="003066D9" w:rsidRDefault="003066D9" w:rsidP="003066D9">
+    <w:p w14:paraId="3E0B48E5" w14:textId="1A343992" w:rsidR="003066D9" w:rsidRDefault="003066D9" w:rsidP="003066D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000C57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mini sistem vse na enem mestu (mini VEM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, ang. MOSS</w:t>
-[...11 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>, ang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. MOSS) </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">je </w:t>
       </w:r>
-      <w:r w:rsidRPr="00000C57">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>od 1. julija 2021</w:t>
       </w:r>
-      <w:r w:rsidR="00364680">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> postal</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC11A8" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00364680">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC11A8" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t.i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC11A8" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. sistem vse na enem mestu (VEM, ang. OSS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC11A8" w:rsidRPr="00A70201">
-[...53 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BC11A8" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in se </w:t>
       </w:r>
-      <w:r w:rsidR="00BC11A8" w:rsidRPr="00A70201">
-[...17 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">razširil </w:t>
       </w:r>
-      <w:r w:rsidR="00BC11A8">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00BC11A8" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">na </w:t>
       </w:r>
-      <w:r w:rsidRPr="00000C57">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00000C57">
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vse storitve med podjetji in končnimi potrošniki, ki se opravljajo v državah članicah, v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>katerih ponudnik nima sedeža, prodajo blaga na daljavo znotraj Unije in nekatere domače dobave blaga.</w:t>
+      </w:r>
+      <w:r w:rsidR="00782536" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uvedla </w:t>
+      </w:r>
+      <w:r w:rsidR="00782536" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="00364680" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je </w:t>
+      </w:r>
+      <w:r w:rsidR="00782536" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tudi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00000C57">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">katerih ponudnik nima sedeža, prodajo blaga na daljavo znotraj </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> nova ureditev za prijavo in plačilo DDV na prodajo na daljavo iz tretjih držav ali s tretjih ozemelj uvoženega blaga nizke vrednosti, tj. sistem vse na enem mestu za uvoz (VEM za </w:t>
+        <w:t xml:space="preserve">nova ureditev za prijavo in plačilo DDV na prodajo na daljavo iz tretjih držav ali s tretjih ozemelj uvoženega blaga nizke vrednosti, tj. sistem vse na enem mestu za uvoz (VEM za </w:t>
       </w:r>
       <w:r w:rsidRPr="00187E9C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uvoz</w:t>
       </w:r>
       <w:r w:rsidR="003341C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00624EA2" w:rsidRPr="00187E9C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ang. IOSS).</w:t>
       </w:r>
       <w:r w:rsidR="00624EA2" w:rsidRPr="005C0777">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -5603,212 +5547,164 @@
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3686F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mogoča. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B54AF81" w14:textId="77777777" w:rsidR="00FA787E" w:rsidRDefault="00FA787E" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F442DDA" w14:textId="41BEF690" w:rsidR="002B53CA" w:rsidRPr="002B53CA" w:rsidRDefault="002B53CA" w:rsidP="004E7F27">
+    <w:p w14:paraId="0F442DDA" w14:textId="41BEF690" w:rsidR="002B53CA" w:rsidRPr="00AA7053" w:rsidRDefault="002B53CA" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">in </w:t>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Davčni zavezanec lahko hkrati uporablja tudi čezmejno posebno ureditev za male davčne zavezance (SME) in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B53CA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B53CA">
-[...18 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ureditev VEM, ne sme pa hkrati uporabljati</w:t>
+      </w:r>
+      <w:r w:rsidR="00610456" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SME in</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uvozn</w:t>
+      </w:r>
+      <w:r w:rsidR="00610456" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B53CA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> uredit</w:t>
       </w:r>
-      <w:r w:rsidR="00610456">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00610456" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B53CA">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Več o SME ureditvi je pojasnjeno v </w:t>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v VEM. Več o SME ureditvi je pojasnjeno v </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="002B53CA">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>podrobnejšem opisu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o posebni ureditvi za male davčne zavezance.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o posebni ureditvi za male davčne zavezance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1745BA45" w14:textId="77777777" w:rsidR="002B53CA" w:rsidRDefault="002B53CA" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FCE8B61" w14:textId="77777777" w:rsidR="00C438DE" w:rsidRPr="0033206B" w:rsidRDefault="00C438DE" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
@@ -6462,51 +6358,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> člen ZDDV-1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E0FBA74" w14:textId="77777777" w:rsidR="000247FF" w:rsidRPr="005D653F" w:rsidRDefault="000247FF" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C70DA1D" w14:textId="5AC004F4" w:rsidR="00673BD2" w:rsidRDefault="00893140" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc534614885"/>
       <w:bookmarkStart w:id="6" w:name="_Toc416205949"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc187232318"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc221515305"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00BF5349" w:rsidRPr="00C50AA1">
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00BF5349" w:rsidRPr="00C50AA1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00732F66">
         <w:t>KRAJ OPRAVLJANJA STORITEV, DOBAV BLAGA NA DALJAVO IN DOBAV BLAGA PREK ELEKTRONSKIH VMESNIKOV ZNOTR</w:t>
       </w:r>
       <w:r w:rsidR="00D02711">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00732F66">
         <w:t xml:space="preserve">J UNIJE, </w:t>
       </w:r>
       <w:r w:rsidR="00444CB1">
         <w:t>OPRAVLJENIH OSEBAM, KI NISO DAVČNI ZAVEZANCI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="106C92E8" w14:textId="77777777" w:rsidR="00257728" w:rsidRPr="00257728" w:rsidRDefault="00257728" w:rsidP="00732F66">
       <w:pPr>
@@ -7040,100 +6936,92 @@
         <w:t>(v Sloveniji prag 35.000 evrov)</w:t>
       </w:r>
       <w:r w:rsidR="00D059B4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2CF59E" w14:textId="77777777" w:rsidR="00904B74" w:rsidRDefault="00904B74" w:rsidP="00CF3AAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AD76266" w14:textId="58A10764" w:rsidR="00FD1EF3" w:rsidRPr="000A2E75" w:rsidRDefault="00FD1EF3" w:rsidP="000A2E75">
+    <w:p w14:paraId="4AD76266" w14:textId="0C7B3F6D" w:rsidR="00FD1EF3" w:rsidRPr="000A2E75" w:rsidRDefault="00FD1EF3" w:rsidP="000A2E75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc187232319"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc221515306"/>
       <w:r w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 Prag v zvezi s krajem dobave </w:t>
       </w:r>
       <w:r w:rsidR="001A2DE7" w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">blaga na daljavo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A70201">
+        <w:t>blaga na daljavo</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2DE7" w:rsidRPr="00AA7053">
         <w:rPr>
           <w:b/>
-          <w:strike/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D12751">
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12751" w:rsidRPr="00AA7053">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>opravljanja storitev (10</w:t>
       </w:r>
       <w:r w:rsidR="003F3D64" w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">000 </w:t>
       </w:r>
@@ -8201,235 +8089,188 @@
         <w:t xml:space="preserve"> ureditev, po kateri v državi članici identifikacije izpolnjuje vse DDV obveznosti in obračunava DDV po stopnjah, veljavnih v državah članicah potrošnje</w:t>
       </w:r>
       <w:r w:rsidR="00220946">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F5DA7D" w14:textId="77777777" w:rsidR="00177A20" w:rsidRDefault="00177A20" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27808357" w14:textId="09A34719" w:rsidR="00177A20" w:rsidRPr="00354644" w:rsidRDefault="00177A20" w:rsidP="00177A20">
+    <w:p w14:paraId="27808357" w14:textId="09A34719" w:rsidR="00177A20" w:rsidRPr="00AA7053" w:rsidRDefault="00177A20" w:rsidP="00177A20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, ki opravlja prodaje blaga na daljavo znotraj Unije, pri katerih je kraj dobave blaga v kraju, kjer se odpošiljanje ali prevoz blaga kupcu konča (točka a) tretjega odstavka 20. člena ZDDV-1) in za te dobave ne uporablja posebne </w:t>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Davčni zavezanec, ki opravlja prodaje blaga na daljavo znotraj Unije, pri katerih je kraj dobave blaga v kraju, kjer se odpošiljanje ali prevoz blaga kupcu konča (točka a) tretjega odstavka 20. člena ZDDV-1) in za te dobave ne uporablja posebne </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijske</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ureditve VEM, mora davčnemu organu najpozneje do 31. januarja leta po preteku leta, v katerem so opravljene te dobave, </w:t>
       </w:r>
-      <w:r w:rsidR="0013541A">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0013541A" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">predložiti Poročilo o opravljeni dobavi blaga na daljavo, v katerem </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>poroča o letnem prometu, ki ga je dosegel v posamezni državi članici. Na obračunu DDV  vrednost blaga, ki ga odpošlje ali odpelje dobavitelj ali druga oseba za njegov račun iz Slovenije v drugo državo članico</w:t>
+      </w:r>
+      <w:r w:rsidR="0013541A" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vpisuje v polje 13. Navedeno polje</w:t>
       </w:r>
-      <w:r w:rsidR="0013541A">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0013541A" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obračuna DDV in Poročilo o opravljenih dobavah na daljavo</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">, če davčni zavezanec za te dobave uporablja posebno </w:t>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se ne izpolnjuje, če davčni zavezanec za te dobave uporablja posebno </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00177A20">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00177A20">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00177A20">
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ureditev VEM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(te dobave vključi v posebni obračun DDV) oziroma če izpolnjuje pogoje iz prvega odstavka 30.f člena ZDDV-1 (te dobave vključi v polje 11).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DE6F2F" w14:textId="77777777" w:rsidR="00392264" w:rsidRDefault="00392264" w:rsidP="004E7F27">
+    <w:p w14:paraId="23DE6F2F" w14:textId="77777777" w:rsidR="00392264" w:rsidRPr="00AA7053" w:rsidRDefault="00392264" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="275C2003" w14:textId="77777777" w:rsidR="00170C21" w:rsidRDefault="00C9187E" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc187232320"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc221515307"/>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00673BD2">
         <w:t xml:space="preserve">.0 </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00675526">
         <w:t>ELEKTRONSKI VMESNIK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="1444E6F0" w14:textId="77777777" w:rsidR="00FD1EF3" w:rsidRPr="00FD1EF3" w:rsidRDefault="00FD1EF3" w:rsidP="004E7F27">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="325C427B" w14:textId="77777777" w:rsidR="007D4746" w:rsidRDefault="00E514D2" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -8489,51 +8330,51 @@
     </w:p>
     <w:p w14:paraId="186F327E" w14:textId="77777777" w:rsidR="0072389B" w:rsidRDefault="0072389B" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CF0BC06" w14:textId="77777777" w:rsidR="0072389B" w:rsidRPr="000A2E75" w:rsidRDefault="0072389B" w:rsidP="000A2E75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc187232321"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc221515308"/>
       <w:r w:rsidRPr="000A2E75">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.1 Transakcije, vključene v določbo o domnevnem dobavitelju</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="3A6A317C" w14:textId="77777777" w:rsidR="006C28EF" w:rsidRPr="0072389B" w:rsidRDefault="006C28EF" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16F92CE7" w14:textId="77777777" w:rsidR="0072389B" w:rsidRPr="0072389B" w:rsidRDefault="0072389B" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -9524,51 +9365,51 @@
     </w:p>
     <w:p w14:paraId="5126BFC5" w14:textId="77777777" w:rsidR="006C28EF" w:rsidRDefault="006C28EF" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5697CF97" w14:textId="77777777" w:rsidR="00782536" w:rsidRDefault="00782536" w:rsidP="000A2E75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc187232322"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc221515309"/>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="009E5184">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -9911,130 +9752,85 @@
       </w:r>
       <w:r w:rsidR="00176D8F" w:rsidRPr="001A789F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A789F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ali prenos</w:t>
       </w:r>
       <w:r w:rsidR="00176D8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
       <w:r w:rsidRPr="001A789F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> prejemnikov na druge elektronske vmesnike, na katerih se prodaja blago, brez nadaljnjega poseganja v dobavo. </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="35E41CDC" w14:textId="77777777" w:rsidR="002F68F8" w:rsidRDefault="002F68F8" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FBE9428" w14:textId="77777777" w:rsidR="00704703" w:rsidRDefault="00704703" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3588ECBF" w14:textId="77777777" w:rsidR="006C28EF" w:rsidRDefault="006C28EF" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc187232323"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc221515310"/>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="009E5184">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -10574,88 +10370,88 @@
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (prvi odstavek 6.a člena </w:t>
       </w:r>
       <w:r w:rsidR="00B8094F" w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ZDDV-1)</w:t>
       </w:r>
       <w:r w:rsidR="00521788" w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Za to domnevno dobavo se uporabljajo določbe iz zakonodaje EU o DDV, ki se nanašajo na izdajanje </w:t>
+        <w:t>Za to domnevno dobavo se uporabljajo določbe iz zakonodaje EU o DDV, ki se nanašajo na izdajanje računov, če je kraj dobave pri prodaji uvoženega blaga na daljavo v EU. Direktiva o DDV določa, da v primeru dobav med podjetji in potrošniki ni obveznosti izdajanja računov z obračunanim DDV, zato te obveznosti ni niti v primeru te domnevne dobave med podjetji in potrošniki. Vendar lahko države članice za to dobavo še vedno določijo obveznost izdajanja računov za namene DDV (</w:t>
+      </w:r>
+      <w:r w:rsidR="00310462" w:rsidRPr="00BA0F20">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>221</w:t>
+      </w:r>
+      <w:r w:rsidR="00310462">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve">člen </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6AD1" w:rsidRPr="00BA0F20">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0F20">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irektive o DDV). Poleg tega lahko carinski organi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0F20">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>računov, če je kraj dobave pri prodaji uvoženega blaga na daljavo v EU. Direktiva o DDV določa, da v primeru dobav med podjetji in potrošniki ni obveznosti izdajanja računov z obračunanim DDV, zato te obveznosti ni niti v primeru te domnevne dobave med podjetji in potrošniki. Vendar lahko države članice za to dobavo še vedno določijo obveznost izdajanja računov za namene DDV (</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">irektive o DDV). Poleg tega lahko carinski organi zahtevajo spremne dokumente za carinjenje, ki običajno vključujejo trgovinski račun. Če je izdan račun in če elektronski vmesnik uporablja posebno ureditev, se uporabljajo pravila glede izdajanja računov države članice identifikacije (člen 219a </w:t>
+        <w:t xml:space="preserve">zahtevajo spremne dokumente za carinjenje, ki običajno vključujejo trgovinski račun. Če je izdan račun in če elektronski vmesnik uporablja posebno ureditev, se uporabljajo pravila glede izdajanja računov države članice identifikacije (člen 219a </w:t>
       </w:r>
       <w:r w:rsidR="006E6AD1" w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>irektive o DDV</w:t>
       </w:r>
       <w:r w:rsidR="00F85443" w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 80.a člen ZDDV-1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0F20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>). Če se posebna ureditev ne uporablja, se uporabljajo pravila glede izdajanja računov države članice, za katero se šteje, da je bila v njej opravljena prodaja uvoženega blaga na daljavo. Elektronski vmesnik bo moral na dobavo blaga obračunati DDV, ki velja v državi članici potrošnje, in ga nakazati davčni upravi v navedeni državi članici. Na računu ne sme biti navedena identifikacijska številka elektronskega vmesnika v sistemu VEM za uvoz, saj bi bilo treba sporočanje te številke omejiti na najmanjšo potrebno raven;</w:t>
       </w:r>
@@ -10994,50 +10790,90 @@
     <w:p w14:paraId="4E79A565" w14:textId="77777777" w:rsidR="00DC0799" w:rsidRDefault="00DC0799" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BCAE032" w14:textId="77777777" w:rsidR="00DC0799" w:rsidRDefault="00DC0799" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2107A31A" w14:textId="77777777" w:rsidR="00DC0799" w:rsidRDefault="00DC0799" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D08D41E" w14:textId="77777777" w:rsidR="00DC0799" w:rsidRDefault="00DC0799" w:rsidP="00571377">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B908B39" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00571377">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57753ADA" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00571377">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBA00D7" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00571377">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7162670E" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00571377">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6DC917" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16BE5B2B" w14:textId="77777777" w:rsidR="00DC0799" w:rsidRDefault="00DC0799" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17E0E59A" w14:textId="77777777" w:rsidR="0003514C" w:rsidRDefault="0003514C" w:rsidP="00571377">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -11161,51 +10997,51 @@
     <w:p w14:paraId="5F70350C" w14:textId="77777777" w:rsidR="00C40D86" w:rsidRDefault="00C40D86" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EAFEDDD" w14:textId="45E23E37" w:rsidR="009C0EB7" w:rsidRDefault="009C0EB7" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc187232324"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc221515311"/>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00EB63B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009C0EB7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -12088,98 +11924,98 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="002638C6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E947E21" w14:textId="77777777" w:rsidR="004E7F27" w:rsidRDefault="004E7F27" w:rsidP="004E7F27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11B783AB" w14:textId="7FD9F821" w:rsidR="00B64399" w:rsidRDefault="00C853FD" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc534614894"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc187232325"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc221515312"/>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00BF5349" w:rsidRPr="00673BD2">
         <w:t xml:space="preserve">.0 </w:t>
       </w:r>
       <w:r w:rsidR="004340E1">
         <w:t>PRIJAVA</w:t>
       </w:r>
       <w:r w:rsidR="00DE0CA1" w:rsidRPr="00673BD2">
         <w:t xml:space="preserve"> V POSEBNO UREDITEV</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="002F68F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE0CA1" w:rsidRPr="00673BD2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4842FC21" w14:textId="77777777" w:rsidR="00061B10" w:rsidRPr="00061B10" w:rsidRDefault="00061B10" w:rsidP="004E7F27">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CCF62FE" w14:textId="77777777" w:rsidR="00DE0CA1" w:rsidRPr="00732F66" w:rsidRDefault="004E7F27" w:rsidP="004E7F27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc534614895"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc187232326"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc221515313"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="004340E1" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prijava</w:t>
       </w:r>
       <w:r w:rsidR="00B64399" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -12488,130 +12324,173 @@
       </w:r>
       <w:r w:rsidRPr="0077428D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, ki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> prijavi uporabo posebne ureditve, uporabi identifikacijsko številko za DDV, ki mu je bila že dodeljena. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="547AFEDB" w14:textId="0D8FFFCA" w:rsidR="00093ADA" w:rsidRDefault="00093ADA" w:rsidP="00051BCE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="433FA774" w14:textId="203E9E51" w:rsidR="00093ADA" w:rsidRPr="00E97C60" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="433FA774" w14:textId="2A7443E1" w:rsidR="00093ADA" w:rsidRPr="00AA7053" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mali davčni zavezanec se mora za uporabo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijske</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ureditve VEM predhodno identificirati za namene DDV, vendar lahko še naprej uporablja posebno ureditev za male davčne zavezance (več o tem v </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="002439CD" w:rsidRPr="00602853">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Priročniku o sistemu »vse na enem mestu« za DDV, str. 22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">). Davčni zavezanec je torej lahko za domače dobave še vedno oproščen plačila DDV, če v obdobju zadnjih 12 mesecev ni presegel oziroma ni verjetno, da bo presegel 50.000 evrov obdavčljivega prometa (prvi odstavek 94. člena ZDDV-1). </w:t>
-[...6 lines deleted...]
-        <w:t>V skladu s trenutno veljavno DDV zakonodajo pa mora predlagati obračune DDV (prazne).</w:t>
+        <w:t xml:space="preserve">). Davčni zavezanec je torej lahko za domače dobave še vedno oproščen plačila DDV, če </w:t>
+      </w:r>
+      <w:r w:rsidR="006A56FD" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v predhodnem koledarskem letu ni presegel zneska 60.000 eurov letnega prometa na ozemlju Slovenije in tega zneska prometa ne presega v tekočem koledarskem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A56FD" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>letu.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obdobju zadnjih 12 mesecev ni presegel oziroma ni verjetno, da bo presegel 50.000 evrov obdavčljivega prometa (prvi odstavek 94. člena ZDDV-1). V skladu s trenutno veljavno DDV zakonodajo pa mora predlagati obračune DDV (prazne).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C07D97D" w14:textId="77777777" w:rsidR="00093ADA" w:rsidRPr="00602853" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="542F9422" w14:textId="2F9B8A52" w:rsidR="00093ADA" w:rsidRPr="00602853" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
+    <w:p w14:paraId="542F9422" w14:textId="0FE0F82C" w:rsidR="00093ADA" w:rsidRPr="00602853" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Z novim devetim odstavkom 129. člena Pravilnika se določa, da davčni zavezanec iz prvega odstavka 94. člena ZDDV-1 (mali davčni zavezanec), ki se želi identificirati za namene DDV samo zaradi vključitve v posebno </w:t>
+        <w:t xml:space="preserve">Z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>novim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00602853">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devetim odstavkom 129. člena Pravilnika se določa, da davčni zavezanec iz prvega odstavka 94. člena ZDDV-1 (mali davčni zavezanec), ki se želi identificirati za namene DDV samo zaradi vključitve v posebno </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ureditev, predloži zahtevek za izdajo identifikacijske številke za DDV na obrazcu DDV-P2, na katerem označi </w:t>
       </w:r>
       <w:r w:rsidRPr="00194573">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>polje</w:t>
       </w:r>
       <w:r w:rsidR="00602853" w:rsidRPr="00194573">
@@ -12649,111 +12528,171 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Opravljanje </w:t>
       </w:r>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dobav/storitev po 130.c členu ZDDV-1 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00602853">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ureditev VEM)«. V skladu z novim 156.a členom Pravilnika je za tega davčnega zavezanca predpisana izjema od obveznosti predložitve obračuna DDV.</w:t>
+        <w:t xml:space="preserve"> ureditev VEM)«. V skladu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7053" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> novim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5B06" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5B06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00602853">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>156.a členom Pravilnika je za tega davčnega zavezanca predpisana izjema od obveznosti predložitve obračuna DDV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4052C2C7" w14:textId="77777777" w:rsidR="00093ADA" w:rsidRPr="00602853" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="420731BF" w14:textId="3F4D52BA" w:rsidR="00093ADA" w:rsidRPr="00602853" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="420731BF" w14:textId="3F4D52BA" w:rsidR="00093ADA" w:rsidRPr="00AA7053" w:rsidRDefault="00093ADA" w:rsidP="00093ADA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Navedene določbe </w:t>
       </w:r>
-      <w:r w:rsidR="002439CD" w:rsidRPr="00602853">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="002439CD" w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pravilnika </w:t>
       </w:r>
-      <w:r w:rsidRPr="00602853">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">se uporabljajo od </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00602853">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. julija 2022 dalje. Do uveljavitve sprememb Pravilnika velja, da se mora davčni zavezanec, ki se želi vključiti v posebno </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00602853">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00602853">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA7053">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ureditev VEM, predhodno identificirati za namene DDV kot prostovoljni davčni zavezanec (ne dosega zneska 50.000 eurov obdavčljivega prometa) ter predlagati prazne obračune DDV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1151A0A2" w14:textId="77777777" w:rsidR="00323464" w:rsidRPr="00E55572" w:rsidRDefault="00323464" w:rsidP="00051BCE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="038C1A08" w14:textId="5469A9CE" w:rsidR="00323464" w:rsidRPr="00FA28F2" w:rsidRDefault="00323464" w:rsidP="00323464">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -13050,50 +12989,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="20E4F939" w14:textId="77777777" w:rsidR="00A63B3C" w:rsidRPr="00E96368" w:rsidRDefault="00A63B3C" w:rsidP="00E96368">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E96368">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">davčni zavezanec </w:t>
       </w:r>
       <w:r w:rsidRPr="00E96368">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s sedežem v </w:t>
       </w:r>
       <w:r w:rsidR="00797390">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sloveniji</w:t>
       </w:r>
       <w:r w:rsidR="00797390" w:rsidRPr="00E96368">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -13141,51 +13081,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4095F87F" w14:textId="77777777" w:rsidR="00A63B3C" w:rsidRPr="00A63B3C" w:rsidRDefault="00A63B3C" w:rsidP="00E96368">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63B3C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">prodajo blaga na daljavo znotraj </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unije</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63B3C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546AEC43" w14:textId="77777777" w:rsidR="00A63B3C" w:rsidRPr="00E96368" w:rsidRDefault="00A63B3C" w:rsidP="00E96368">
       <w:pPr>
         <w:pStyle w:val="Odstavekseznama"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
@@ -14431,75 +14370,75 @@
         <w:t>, v kateri je bil identificiran, preneha biti država članica identifikacije.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535696F5" w14:textId="77777777" w:rsidR="009A4D75" w:rsidRDefault="009A4D75" w:rsidP="00121617">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BEA069A" w14:textId="77777777" w:rsidR="009A4D75" w:rsidRDefault="009A4D75" w:rsidP="00121617">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Če davčni zavezanec še vedno izpolnjuje pogoje za uporabo te posebne ureditve, zato da še naprej uporablja to ureditev, kot novo državo članico identifikacije navede državo članico, v kateri ima sedež svoje dejavnosti, če sedež njegove dejavnosti ni v Uniji, pa državo članico, v kateri ima stalno poslovno enoto. Če davčni zavezanec, ki za dobavo blaga uporablja </w:t>
+        <w:t xml:space="preserve">Če davčni zavezanec še vedno izpolnjuje pogoje za uporabo te posebne ureditve, zato da še naprej uporablja to ureditev, kot novo državo članico identifikacije navede državo članico, v </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">kateri ima sedež svoje dejavnosti, če sedež njegove dejavnosti ni v Uniji, pa državo članico, v kateri ima stalno poslovno enoto. Če davčni zavezanec, ki za dobavo blaga uporablja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>ureditev, nima sedeža v Uniji, kot novo državo članico identifikacije navede državo članico, iz katere odpošilja ali prevaža blago.</w:t>
+        <w:t xml:space="preserve"> ureditev, nima sedeža v Uniji, kot novo državo članico identifikacije navede državo članico, iz katere odpošilja ali prevaža blago.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0C145E" w14:textId="77777777" w:rsidR="009A4D75" w:rsidRDefault="009A4D75" w:rsidP="00121617">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16762C7F" w14:textId="77777777" w:rsidR="009A4D75" w:rsidRDefault="009A4D75" w:rsidP="00121617">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Če se država članica identifikacije spremeni, se ta sprememba uporablja od datuma, ko davčni zavezanec nima več sedeža dejavnosti ali stalne poslovne enote v državi članici, ki jo je prej navedel kot državo članico identifikacije, ali od datuma, ko navedeni davčni zavezanec neha odpošiljati ali prevažati blago iz navedene države članice.</w:t>
@@ -14737,51 +14676,51 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61770FAB" w14:textId="77777777" w:rsidR="00B64399" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00290EC5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc187232327"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc221515314"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2 </w:t>
       </w:r>
       <w:r w:rsidR="004340E1" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prijava</w:t>
       </w:r>
       <w:r w:rsidR="00B64399" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -15038,51 +14977,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="65FAFF4E" w14:textId="77777777" w:rsidR="00D259F0" w:rsidRPr="00D315F7" w:rsidRDefault="00D259F0" w:rsidP="00D259F0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69214620" w14:textId="77777777" w:rsidR="00D259F0" w:rsidRDefault="00D259F0" w:rsidP="00D259F0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00D315F7">
         <w:t xml:space="preserve">Davčni zavezanec, ki uporablja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>neunijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D315F7">
-        <w:t>ureditev, lahko svojo državo članico identifikacije spremeni kadarkoli. V tem primeru mora davčni zavezanec odjaviti registracijo v prejšnji državi članici identifikacije in v skladu z običajnimi pravili izvesti postopek registracije v novi državi članici identifikacije.</w:t>
+        <w:t xml:space="preserve">ureditev, lahko svojo državo članico identifikacije spremeni kadarkoli. V tem primeru mora davčni zavezanec odjaviti registracijo v prejšnji državi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D315F7">
+        <w:lastRenderedPageBreak/>
+        <w:t>članici identifikacije in v skladu z običajnimi pravili izvesti postopek registracije v novi državi članici identifikacije.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C8C1DF4" w14:textId="77777777" w:rsidR="00D259F0" w:rsidRDefault="00D259F0" w:rsidP="00D259F0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6665FBCB" w14:textId="5C2B72EA" w:rsidR="00AD104D" w:rsidRDefault="00B64399" w:rsidP="00AD104D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00AD104D">
         <w:t xml:space="preserve">Obrazec </w:t>
       </w:r>
       <w:r w:rsidRPr="00273D68">
         <w:rPr>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t xml:space="preserve">»Registracija v </w:t>
       </w:r>
       <w:r w:rsidR="00380B1E">
         <w:rPr>
           <w:color w:val="7030A0"/>
@@ -15509,51 +15452,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07BC691A" w14:textId="77777777" w:rsidR="00182069" w:rsidRPr="00BD0B4D" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc187232328"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc221515315"/>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C853FD" w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. 3</w:t>
       </w:r>
       <w:r w:rsidR="00182069" w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004340E1" w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -16010,68 +15953,68 @@
     </w:p>
     <w:p w14:paraId="02437F32" w14:textId="77777777" w:rsidR="00624EA2" w:rsidRPr="00BD0B4D" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72734D25" w14:textId="77777777" w:rsidR="00624EA2" w:rsidRPr="00BD0B4D" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vloga posrednika </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C63762F" w14:textId="77777777" w:rsidR="00624EA2" w:rsidRPr="00BD0B4D" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EB9CFA7" w14:textId="0A1F7488" w:rsidR="00624EA2" w:rsidRPr="00BD0B4D" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
-        <w:lastRenderedPageBreak/>
         <w:t>Davčni zavezanci (dobavitelji in elektronski vmesniki), ki nimajo sedeža v Uniji ali tretji državi, s katero je Unija sklenila sporazum o medsebojni pomoči na področju DDV</w:t>
       </w:r>
       <w:r w:rsidR="00E41935">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t xml:space="preserve"> morajo</w:t>
       </w:r>
       <w:r w:rsidR="00E41935" w:rsidRPr="00E41935">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E41935" w:rsidRPr="00BD0B4D">
         <w:t>imenovati posrednika</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>, da bi lahko uporabljali posebno uvozno ureditev. Drugi davčni zavezanci (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>t.j</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>. tisti s sedežem v EU) lahko imenujejo posrednika, niso pa tega dolžni storiti.</w:t>
       </w:r>
@@ -16599,117 +16542,117 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAED24D" w14:textId="77777777" w:rsidR="00624EA2" w:rsidRPr="00BD0B4D" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="fr"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43C6D7EC" w14:textId="77777777" w:rsidR="00624EA2" w:rsidRPr="00457AB7" w:rsidRDefault="00624EA2" w:rsidP="00624EA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="fr"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:lang w:val="fr"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Če se ne prijavite v IOSS, bodo pristojni carinski organi ob uvozu blaga majhne vrednosti obračunali DDV. Kupec v Uniji bo v tem primeru blago prejel šele po plačilu DDV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E564DA1" w14:textId="77777777" w:rsidR="00182069" w:rsidRPr="00C5009C" w:rsidRDefault="00182069" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FECEB9D" w14:textId="77777777" w:rsidR="00BF4CD4" w:rsidRPr="00992B9F" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc416205950"/>
       <w:bookmarkStart w:id="23" w:name="_Toc534614897"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc187232329"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc221515316"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00BF5349" w:rsidRPr="00992B9F">
         <w:t xml:space="preserve">.0 </w:t>
       </w:r>
       <w:r w:rsidR="002A7404">
         <w:t>IZKLJUČITEV</w:t>
       </w:r>
       <w:r w:rsidR="00BF4CD4" w:rsidRPr="00992B9F">
         <w:t xml:space="preserve"> IZ POSEBNE UREDITVE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="0F179C83" w14:textId="77777777" w:rsidR="00992B9F" w:rsidRPr="00992B9F" w:rsidRDefault="00992B9F" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17DC0317" w14:textId="77777777" w:rsidR="00BF4CD4" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc534614898"/>
-      <w:bookmarkStart w:id="26" w:name="_Toc187232330"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc221515317"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="002A7404" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Izključitev</w:t>
       </w:r>
       <w:r w:rsidR="00BF4CD4" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -17160,80 +17103,113 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>Če je davčni zavezanec izključen iz posebne ureditve, ker nenehno krši pravila te ureditve</w:t>
       </w:r>
       <w:r w:rsidR="00DC75D7">
         <w:t>, ta davčni zavezanec ostane izključen iz uporabe katerekoli posebne ureditve v vseh državah članicah dve koledarski leti po obračunskem obdobju, v katerem je bil izključen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5998593D" w14:textId="77777777" w:rsidR="00B010AE" w:rsidRDefault="00B010AE" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44A465F5" w14:textId="77777777" w:rsidR="00B010AE" w:rsidRPr="00B010AE" w:rsidRDefault="00B010AE" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00B010AE">
         <w:t>Obveznosti DDV, ki se nanašajo na dobavljeno blago ali opravljene storitve, nastale po datumu, ko je prenehanje začelo veljati, se poravnavajo neposredno pri davčnih organih zadevne države članice potrošnje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E837F3" w14:textId="77777777" w:rsidR="00DC75D7" w:rsidRPr="00C5009C" w:rsidRDefault="00DC75D7" w:rsidP="00732F66">
+    <w:p w14:paraId="71E837F3" w14:textId="77777777" w:rsidR="00DC75D7" w:rsidRDefault="00DC75D7" w:rsidP="00732F66">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="157A6BEE" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00732F66">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FD2BF9C" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00732F66">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695AF06F" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00732F66">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E5C6E0" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRPr="00C5009C" w:rsidRDefault="00AA7053" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74B75E35" w14:textId="77777777" w:rsidR="0064629F" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc534614899"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc187232331"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc221515318"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004C7938" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="002A7404" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Izključitev </w:t>
       </w:r>
       <w:r w:rsidR="008940AF" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">iz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007C7307" w:rsidRPr="00732F66">
@@ -17401,51 +17377,50 @@
       <w:pPr>
         <w:pStyle w:val="Alineazaodstavkom"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F4C04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">nenehno krši pravila </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">te </w:t>
       </w:r>
       <w:r w:rsidRPr="005F4C04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>posebne ureditve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436BB33F" w14:textId="77777777" w:rsidR="0064629F" w:rsidRDefault="0064629F" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Alineazaodstavkom"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:overflowPunct/>
@@ -17793,81 +17768,82 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>unijske</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0005441E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ureditve.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D43EEA" w14:textId="77777777" w:rsidR="0005441E" w:rsidRDefault="0005441E" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="017EA021" w14:textId="77777777" w:rsidR="00B010AE" w:rsidRDefault="00B010AE" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00B010AE">
+        <w:lastRenderedPageBreak/>
         <w:t>Obveznosti DDV, ki se nanašajo na opravljene storitve, nastale po datumu, ko je prenehanje začelo veljati, se poravnavajo neposredno pri davčnih organih zadevne države članice potrošnje</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D1D50C" w14:textId="77777777" w:rsidR="002A7404" w:rsidRDefault="002A7404" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19E71D02" w14:textId="77777777" w:rsidR="002A7404" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc187232332"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc221515319"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002A7404" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.3 Izključitev iz uvozne ureditve</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="002A7404" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5250871B" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRDefault="00EF0F6D" w:rsidP="00BD0B4D">
       <w:pPr>
@@ -17888,51 +17864,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Na podlagi prvega odstavka 130.m člena ZDDV-1 davčni organ davčnega zavezanca izključi iz posebne uvozne ureditve, če:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7415C4" w14:textId="0444541F" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ga davčni zavezanec obvesti, da ne prodaja več na daljavo s tretjih ozemelj ali iz tretjih držav uvoženega blaga, ali</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0673C404" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">davčni organ kakor koli drugače domneva, da davčni zavezanec ne opravlja več obdavčljive dejavnosti po posebni ureditvi, ali </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22338FB1" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:numPr>
@@ -18295,168 +18270,168 @@
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>Izključitev davčnega zavezanca iz uvozne ureditve začne veljati s prvim dnem meseca po dnevu, na katerega je bila odločitev o izključitvi po elektronski pošti poslana davčnemu zavezancu, razen, če je izključitev posledica spremembe sedeža dejavnosti ali stalne poslovne enote, pri čemer začne izključitev veljati z dnem te spremembe</w:t>
       </w:r>
       <w:r w:rsidR="00B23BDB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t xml:space="preserve"> ali če je izključitev posledica nenehnega kršenja pravil te ureditve, pri čemer začne izključitev veljati z dnem po dnevu, na katerega je bila odločitev o izključitvi po elektronski pošti poslana davčnemu zavezancu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC3300B" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3416D90F" w14:textId="4900DE27" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
+        <w:lastRenderedPageBreak/>
         <w:t>Izbris posrednika iz identifikacijskega registra začne veljati s prvim dnem meseca po dnevu, na katerega je bila odločitev o izbrisu po elektronski pošti poslana posredniku in davčnim zavezancem, ki jih predstavlja, razen če je izbris posledica spremembe sedeža dejavnosti ali stalne poslovne enote, pri čemer začne izbris veljati z dnem te spremembe</w:t>
       </w:r>
       <w:r w:rsidR="00B23BDB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t xml:space="preserve"> ali če je izbris posrednika posledica nenehnega kršenja pravil uvozne ureditve, pri čemer začne izbris veljati z dnem po dnevu, na katerega je bila odločitev o izbrisu po elektronski pošti poslana posredniku in davčnim zavezancem, ki jih predstavlja.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B91DDBA" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55F41B22" w14:textId="20346FF9" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
-        <w:lastRenderedPageBreak/>
         <w:t>Pri davčnemu zavezancu, ki uporablja posebno ureditev in ki v obdobju dveh let v nobeni državi članici potrošnje ne opravi nobene dobave blaga ali storitev, zajetih v tej ureditvi, se šteje</w:t>
       </w:r>
       <w:r w:rsidR="00B23BDB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t xml:space="preserve"> da so </w:t>
       </w:r>
       <w:r w:rsidR="00B23BDB">
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>njegove obdavčljive dejavnosti končale. To prenehanje pa mu ne preprečuje, da uporablja posebno ureditev, če ponovno prične s svojimi dejavnostmi, zajetimi v tej ureditvi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C1DD38" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00BD0B4D" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7850561A" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="005C0777" w:rsidRDefault="00EF0F6D" w:rsidP="00B70476">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00BD0B4D">
         <w:t>Če je davčni zavezanec izključen iz posebne ureditve, ker nenehno krši pravila te ureditve, ta davčni zavezanec ostane izključen iz uporabe katere koli posebne ureditve v vseh državah članicah dve koledarski leti po obračunskem obdobju, v katerem je bil izključen. Vendar  navedeno ne velja, če je bila izključitev posledica nenehnega kršenja pravil s strani posrednika, ki deluje za račun davčnega zavezanca. Če je posrednik izbrisan iz identifikacijskega registra zaradi nenehnega kršenja pravil uvozne ureditve, kot posrednik ne sme delovati dve leti po mesecu, v katerem je bil izbrisan iz tega registra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D041C74" w14:textId="77777777" w:rsidR="002605AB" w:rsidRDefault="002605AB" w:rsidP="00BD0B4D">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61C47577" w14:textId="77777777" w:rsidR="007B35BD" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc416205951"/>
       <w:bookmarkStart w:id="31" w:name="_Toc534614900"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc187232333"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc221515320"/>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="002605AB">
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="002605AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B35BD" w:rsidRPr="002605AB">
         <w:t>POSEBN</w:t>
       </w:r>
       <w:r w:rsidR="002605AB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="007B35BD" w:rsidRPr="002605AB">
         <w:t xml:space="preserve"> OBRAČUN DDV</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="48DB4294" w14:textId="77777777" w:rsidR="002605AB" w:rsidRPr="002605AB" w:rsidRDefault="002605AB" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E95F445" w14:textId="77777777" w:rsidR="00732F66" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc534614901"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc187232334"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc221515321"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="004C7938" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00D259F0">
@@ -18590,50 +18565,51 @@
       <w:r w:rsidR="006943B0" w:rsidRPr="006943B0">
         <w:t xml:space="preserve">obračunsko obdobje </w:t>
       </w:r>
       <w:r w:rsidR="006943B0">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002605AB" w:rsidRPr="001C4BE4">
         <w:t>koledarsko trimesečje</w:t>
       </w:r>
       <w:r w:rsidR="006943B0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001A1B9C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002605AB" w:rsidRPr="001C4BE4">
         <w:t xml:space="preserve"> ne glede na to, ali so bile </w:t>
       </w:r>
       <w:r w:rsidR="002605AB">
         <w:t>dobave blaga ali storitev, zajete v tej posebni ureditvi,</w:t>
       </w:r>
       <w:r w:rsidR="002605AB" w:rsidRPr="001C4BE4">
         <w:t xml:space="preserve"> opravljene ali ne. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="42C00CC9" w14:textId="77777777" w:rsidR="00A150B5" w:rsidRDefault="00A150B5" w:rsidP="00D2780C"/>
     <w:p w14:paraId="6C0D979C" w14:textId="77777777" w:rsidR="0055787D" w:rsidRDefault="0055787D" w:rsidP="00D2780C">
       <w:r>
         <w:t xml:space="preserve">Če davčni zavezanec uporablja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>unijsko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ureditev od datuma prve dobave blaga ali prvega opravljanja storitev, predloži ločen obračun DDV za koledarsko četrtletje, v katerem je bilo blago prvič dobavljeno al</w:t>
       </w:r>
       <w:r w:rsidR="00EC0537">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> so bile storitve prvič opravljene.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607E1B6E" w14:textId="77777777" w:rsidR="00AC5BA8" w:rsidRDefault="00AC5BA8" w:rsidP="00D2780C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -19128,51 +19104,50 @@
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52374544" w14:textId="77777777" w:rsidR="002605AB" w:rsidRDefault="002605AB" w:rsidP="004742D4">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">prodaja blaga na daljavo znotraj Unije in dobave blaga, če se odpošiljanje ali prevoz blaga začne in konča v isti državi članici, ki jo opravi davčni zavezanec v skladu z drugim odstavkom 6.a člena </w:t>
       </w:r>
       <w:r w:rsidR="004742D4" w:rsidRPr="004742D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ZDDV-1</w:t>
       </w:r>
       <w:r w:rsidRPr="001C4BE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D692B21" w14:textId="77777777" w:rsidR="00AC5BA8" w:rsidRDefault="00AC5BA8" w:rsidP="008A5D25">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:firstLine="0"/>
@@ -19653,51 +19628,51 @@
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE0DC53" w14:textId="095D37A8" w:rsidR="006802DB" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc534614902"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc187232335"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc221515322"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="004C7938" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A5DF5">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -20113,238 +20088,236 @@
         </w:rPr>
         <w:t xml:space="preserve">individualno </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35199">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>identifikacijsko številko DDV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> za uporabo te posebne ureditve</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35199">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ter za vsako državo članico potrošnje, v kateri je nastala obveznost za plačilo DDV, skupno vrednost </w:t>
+        <w:t xml:space="preserve"> ter za </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B35199">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">vsako državo članico potrošnje, v kateri je nastala obveznost za plačilo DDV, skupno vrednost </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">opravljenih </w:t>
       </w:r>
       <w:r w:rsidRPr="00B35199">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>storitev</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, zajetih v tej posebni ureditvi,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35199">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> v obračunskem obdobju brez DDV in skupni znesek pripadajočega DDV te države članice, razdeljenega po davčnih stopnjah. V posebnem obračunu DDV mora davčni zavezanec, ki nima sedeža znotraj Unije, navesti tudi uporabljene davčne stopnje in skupni znesek dolgovanega DDV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008CB530" w14:textId="77777777" w:rsidR="006802DB" w:rsidRPr="00AB50AF" w:rsidRDefault="006802DB" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="310F9F19" w14:textId="10C88885" w:rsidR="006802DB" w:rsidRPr="007B287E" w:rsidRDefault="002A5DF5" w:rsidP="00732F66">
+    <w:p w14:paraId="310F9F19" w14:textId="10C88885" w:rsidR="006802DB" w:rsidRDefault="002A5DF5" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zneske se v posebnem obračunu DDV izkazuje v </w:t>
+      </w:r>
+      <w:r w:rsidR="005141C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>evrih</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B633C4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006802DB">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Če so bile </w:t>
+      </w:r>
+      <w:r w:rsidR="006802DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>opravljene storitve zaračunane v drugih valutah, mora davčni zavezanec</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zneske se v posebnem obračunu DDV izkazuje v </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006802DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">posebnem </w:t>
+      </w:r>
+      <w:r w:rsidR="006802DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>obračunu DDV uporabiti menjalni tečaj zadnjega dne obračunskega obdobja, ki ga na ta dan ali</w:t>
       </w:r>
       <w:r w:rsidR="005141C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>evrih</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006802DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> če na ta dan ni objave, na prvi naslednji dan objavi Evropska centralna banka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E10121" w14:textId="77777777" w:rsidR="00A150B5" w:rsidRPr="007B287E" w:rsidRDefault="00A150B5" w:rsidP="00732F66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavek"/>
+        <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Če so bile </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="1DD86F59" w14:textId="77777777" w:rsidR="006F370C" w:rsidRPr="00EC0537" w:rsidRDefault="00654300" w:rsidP="006F370C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD86F59" w14:textId="77777777" w:rsidR="006F370C" w:rsidRPr="00EC0537" w:rsidRDefault="006F370C" w:rsidP="006F370C">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51" w:anchor="/vat-search" w:history="1">
-        <w:r w:rsidR="006F370C" w:rsidRPr="006F370C">
+        <w:r w:rsidRPr="006F370C">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Stopnje DDV po posameznih državah članicah so davčnim zavezancem na voljo na spletni strani Evropske komisije.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="129102D5" w14:textId="13346667" w:rsidR="007B35BD" w:rsidRDefault="007B35BD" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -20357,51 +20330,51 @@
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60266870" w14:textId="77777777" w:rsidR="00A921E2" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc187232336"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc221515323"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00A921E2" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
       </w:r>
       <w:r w:rsidR="0096300A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Posebni o</w:t>
       </w:r>
       <w:r w:rsidR="00A921E2" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -20562,51 +20535,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5411DE09" w14:textId="77777777" w:rsidR="00E26732" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00732F66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc187232337"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc221515324"/>
       <w:r w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E26732" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.4 Spremembe/popravki posebnega obračuna</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00E26732" w:rsidRPr="00732F66">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -20715,50 +20688,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF7F3B5" w14:textId="77777777" w:rsidR="00E26732" w:rsidRDefault="00E26732" w:rsidP="0035189D">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9295B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Spremembe zneskov v obračunu DDV </w:t>
       </w:r>
       <w:r w:rsidRPr="000D4DCC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>za obdobja od tretjega obračunskega obdobja v letu 2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00A9295B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se po predložitvi tega obračuna DDV opravijo le v obliki prilagoditev enega od pozneje predloženih obračunov</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -20791,53 +20765,52 @@
     </w:p>
     <w:p w14:paraId="1739D5B8" w14:textId="292AD02F" w:rsidR="00FC6887" w:rsidRDefault="00FC6887" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68C198B7" w14:textId="77777777" w:rsidR="00FC6887" w:rsidRPr="00C5009C" w:rsidRDefault="00FC6887" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6967BB2B" w14:textId="77777777" w:rsidR="0071301F" w:rsidRPr="00C5009C" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc416205952"/>
       <w:bookmarkStart w:id="41" w:name="_Toc534614904"/>
-      <w:bookmarkStart w:id="42" w:name="_Toc187232338"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc221515325"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="00C5009C">
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00475075" w:rsidRPr="00C5009C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071301F" w:rsidRPr="00C5009C">
         <w:t>PLAČILO DDV</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="4B844027" w14:textId="77777777" w:rsidR="005F12FC" w:rsidRDefault="005F12FC" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="odstavek1"/>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -21454,51 +21427,50 @@
     </w:p>
     <w:p w14:paraId="6E088D5C" w14:textId="77777777" w:rsidR="00FC6887" w:rsidRDefault="00FC6887" w:rsidP="00AC67E3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41FF1781" w14:textId="23CC41E4" w:rsidR="00AC67E3" w:rsidRPr="006B1AA8" w:rsidRDefault="00AC67E3" w:rsidP="00AC67E3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1AA8">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Slika </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1AA8">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
         <w:t>Prikaz izpolnjenega obrazca UPN – neunijska ureditev</w:t>
@@ -21759,120 +21731,120 @@
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3A3ABB" w14:textId="11284592" w:rsidR="00AC67E3" w:rsidRPr="00CF2C0B" w:rsidRDefault="00AC67E3" w:rsidP="00AC67E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc416205953"/>
       <w:r w:rsidRPr="00CF2C0B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Davčni zavezanec mora pri svoji banki preveriti, na kakšen način pravilno vnese nestrukturirano referenco. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2C0B">
         <w:t xml:space="preserve">Če je izbrana </w:t>
       </w:r>
       <w:r w:rsidR="00D17B37" w:rsidRPr="00CF2C0B">
         <w:t xml:space="preserve">referenca </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF2C0B">
         <w:t>NRC, ni mogoče vnesti ostalih podatkov v polji za strukturirano referenco (polje se zapre). Namesto tega se referenca vnese v polje NAMEN.</w:t>
       </w:r>
       <w:r w:rsidR="00D17B37" w:rsidRPr="00CF2C0B">
         <w:t xml:space="preserve"> Pri nekaterih bankah ni možnosti izbire reference, v tem primeru se zbere model SI99 in v polj</w:t>
       </w:r>
       <w:r w:rsidR="00A8241B" w:rsidRPr="00CF2C0B">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D17B37" w:rsidRPr="00CF2C0B">
         <w:t xml:space="preserve"> NAMEN vnese strukturirano referenco.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEC1943" w14:textId="77777777" w:rsidR="00455A9A" w:rsidRDefault="00455A9A" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D451447" w14:textId="77777777" w:rsidR="00FC6887" w:rsidRPr="00A70201" w:rsidRDefault="00FC6887" w:rsidP="00851C13"/>
     <w:p w14:paraId="2591E699" w14:textId="77777777" w:rsidR="00455A9A" w:rsidRPr="00732F66" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc534614905"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc187232339"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc221515326"/>
       <w:r w:rsidRPr="00732F66">
-        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="00732F66">
         <w:t xml:space="preserve">.0 ODBITEK </w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="00732F66">
         <w:t xml:space="preserve">ALI VRAČILO </w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="00732F66">
         <w:t>DDV</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="69484B74" w14:textId="77777777" w:rsidR="00732F66" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1583931C" w14:textId="6C36EBD6" w:rsidR="004E142A" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc187232340"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc221515327"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="004E142A" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 Odbitek </w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ali vračilo </w:t>
       </w:r>
       <w:r w:rsidR="004E142A" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -22418,176 +22390,188 @@
           <w:t>Vračila DDV davčnim zavezancem s sedežem v Sloveniji v drugih državah in davčnim zavezancem s sedežem izven Slovenije v Slovenij</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00535262" w:rsidRPr="0082657D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00535262">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00B60A96">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, in sicer v poglavju 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79013215" w14:textId="77777777" w:rsidR="00A046BA" w:rsidRDefault="005C3D7E" w:rsidP="00732F66">
+    <w:p w14:paraId="2C163523" w14:textId="77777777" w:rsidR="00A150B5" w:rsidRDefault="00A150B5" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...95 lines deleted...]
-    <w:p w14:paraId="3DEB5A79" w14:textId="77777777" w:rsidR="002E424D" w:rsidRDefault="002E424D" w:rsidP="00732F66">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79013215" w14:textId="77777777" w:rsidR="00A046BA" w:rsidRDefault="005C3D7E" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="08FA9DC4" w14:textId="77777777" w:rsidR="000E1451" w:rsidRDefault="005C3D7E" w:rsidP="00732F66">
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Davčni zavezanec, ki uporablja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>navedeno ureditev</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v drugi državi članici</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in v Sloveniji ni identificiran za namene DDV zaradi drugih dejavnosti, za katere ne velja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>unijska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ureditev</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in za katere se mora identificirati za namene DDV, lahko uveljavlja vračilo zneskov DDV, ki jih plača v Sloveniji v zvezi z obdavčljivimi transakcijami po tej posebni ureditvi tako, da pošlje zahtevek za vračilo DDV prek elektronskega portala države članice, v kateri je pridobil identifikacijsko številko za DDV ali davčno sklicno številko, na podlagi katere zahteva vračilo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10297">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slovenskega DDV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3D7E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEB5A79" w14:textId="77777777" w:rsidR="002E424D" w:rsidRDefault="002E424D" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="Odstavek"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08FA9DC4" w14:textId="77777777" w:rsidR="000E1451" w:rsidRDefault="005C3D7E" w:rsidP="00732F66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavek"/>
+        <w:spacing w:line="260" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="002E6F26">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avčni zavezanec, ki uporab</w:t>
       </w:r>
       <w:r w:rsidR="000E1451">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lja</w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="002E6F26">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -22725,79 +22709,88 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="009D2F6B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> v skladu s 87. členom tega zakona</w:t>
       </w:r>
       <w:r w:rsidR="000E1451">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11831876" w14:textId="77777777" w:rsidR="006802DB" w:rsidRPr="006802DB" w:rsidRDefault="006802DB" w:rsidP="00732F66">
+    <w:p w14:paraId="11831876" w14:textId="77777777" w:rsidR="006802DB" w:rsidRDefault="006802DB" w:rsidP="00732F66">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:lang w:eastAsia="sl-SI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3823E42B" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRPr="006802DB" w:rsidRDefault="00AA7053" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4E1971" w14:textId="77777777" w:rsidR="000E1451" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc187232341"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc221515328"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2 Odbitek DDV –</w:t>
       </w:r>
       <w:r w:rsidR="00F10297" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E1451" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>neunijska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -22963,59 +22956,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003C0D8D" w:rsidRPr="003C0D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C0D8D" w:rsidRPr="003C0D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tako, da </w:t>
       </w:r>
       <w:r w:rsidR="003C0D8D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">vloži zahtevek za vračilo pri </w:t>
-[...7 lines deleted...]
-        <w:t>davčnem organu v elektronski obliki.</w:t>
+        <w:t>vloži zahtevek za vračilo pri davčnem organu v elektronski obliki.</w:t>
       </w:r>
       <w:r w:rsidR="00F9414E" w:rsidRPr="00F9414E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9414E" w:rsidRPr="00535262">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Več o vračilih DDV za davčne zavezance s sedežem v </w:t>
       </w:r>
       <w:r w:rsidR="00F9414E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tretji državi</w:t>
       </w:r>
       <w:r w:rsidR="00F9414E" w:rsidRPr="00535262">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -23499,51 +23484,51 @@
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:w w:val="102"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="507F35C9" w14:textId="77777777" w:rsidR="000E1451" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc187232342"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc221515329"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.3 Odbitek DDV –</w:t>
       </w:r>
       <w:r w:rsidR="00F10297" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E1451" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -23632,51 +23617,59 @@
         </w:rPr>
         <w:t>tako, da vloži zahtevek za vračilo pri davčnem organu v elektronski obliki.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000417C8" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00B70476" w:rsidRDefault="00EF0F6D" w:rsidP="00EF0F6D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38111572" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00B70476" w:rsidRDefault="00EF0F6D" w:rsidP="00EF0F6D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Davčni zavezanec, ki nima sedeža znotraj Unije in uporablja posebno uvozno ureditev (4. oddelek 6. poglavja XII. naslova Direktive Sveta 2006/112/ES) v drugi državi članici, lahko uveljavlja vračilo zneskov DDV, ki jih plača v Sloveniji v zvezi z opravljenimi dobavami blaga, zajetimi v tej posebni ureditvi, v skladu s 74.i členom ZDDV-1 ne glede na točko a) drugega odstavka in šesti odstavek 74.i člena ZDDV-1, tako da vloži zahtevek za vračilo pri davčnem organu v elektronski obliki.</w:t>
+        <w:t xml:space="preserve">Davčni zavezanec, ki nima sedeža znotraj Unije in uporablja posebno uvozno ureditev (4. oddelek 6. poglavja XII. naslova Direktive Sveta 2006/112/ES) v drugi državi članici, lahko uveljavlja vračilo zneskov DDV, ki jih plača v Sloveniji v zvezi z opravljenimi dobavami blaga, zajetimi v tej posebni ureditvi, v skladu s 74.i členom ZDDV-1 ne glede na točko a) drugega </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70476">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>odstavka in šesti odstavek 74.i člena ZDDV-1, tako da vloži zahtevek za vračilo pri davčnem organu v elektronski obliki.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02707C54" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00B70476" w:rsidRDefault="00EF0F6D" w:rsidP="00EF0F6D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="305E4F8C" w14:textId="77777777" w:rsidR="00EF0F6D" w:rsidRPr="00B70476" w:rsidRDefault="00EF0F6D" w:rsidP="00EF0F6D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Davčni zavezanec s sedežem v drugi državi članici, ki uporablja posebno uvozno ureditev (4. oddelek 6. poglavja XII. naslova Direktive Sveta 2006/112/ES), lahko ne glede na prvi odstavek 74. člena ZDDV-1 uveljavlja vračilo zneskov DDV, ki jih plača v Sloveniji v zvezi z opravljenimi dobavami blaga, zajetimi v tej posebni ureditvi, v skladu z 2.2 podpoglavjem IX. poglavja ZDDV-1.</w:t>
@@ -23760,143 +23753,134 @@
         </w:rPr>
         <w:t>identificira</w:t>
       </w:r>
       <w:r w:rsidR="00197EE6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
       <w:r w:rsidR="00197EE6" w:rsidRPr="00B70476">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">za namene </w:t>
+        <w:t>za namene DDV,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odbije zneske DDV, ki jih plača v Sloveniji, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70476">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>DDV,</w:t>
+        <w:t>povezane z obdavčljivimi dejavnostmi, za katere se uporablja ta posebna ureditev,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> odbije zneske DDV, ki jih plača v Sloveniji, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70476">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>povezane z obdavčljivimi dejavnostmi, za katere se uporablja ta posebna ureditev,</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B70476">
+        <w:t>v obračunu DDV, ki ga mora predložiti v skladu s 87. členom ZDDV-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D40C556" w14:textId="77777777" w:rsidR="00CD56AF" w:rsidRPr="00BB4EB6" w:rsidRDefault="00CD56AF" w:rsidP="00EF0F6D">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="102"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>v obračunu DDV, ki ga mora predložiti v skladu s 87. členom ZDDV-1.</w:t>
-[...9 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B5CE06C" w14:textId="77777777" w:rsidR="0071301F" w:rsidRPr="004F0E5F" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc534614906"/>
-      <w:bookmarkStart w:id="50" w:name="_Toc187232343"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc221515330"/>
       <w:r w:rsidRPr="004F0E5F">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00455A9A" w:rsidRPr="004F0E5F">
         <w:t xml:space="preserve">.0 </w:t>
       </w:r>
       <w:r w:rsidR="0071301F" w:rsidRPr="004F0E5F">
         <w:t>VODENJE EVIDENC</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="009D0DA6" w:rsidRPr="004F0E5F">
         <w:t xml:space="preserve"> IN IZDAJA RAČUNOV</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="251A57C4" w14:textId="77777777" w:rsidR="004F0E5F" w:rsidRDefault="004F0E5F" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EA5CD72" w14:textId="77777777" w:rsidR="001D0295" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc187232344"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc221515331"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="001D0295" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.1 Vodenje evidenc in izdaja računov –</w:t>
       </w:r>
       <w:r w:rsidR="00810361" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D0295" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
@@ -24207,51 +24191,51 @@
     <w:p w14:paraId="4390BFE5" w14:textId="77777777" w:rsidR="00141862" w:rsidRDefault="00141862" w:rsidP="004F0E5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6455D06F" w14:textId="77777777" w:rsidR="001D0295" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc187232345"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc221515332"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="001D0295" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2 Vodenje evidenc in izdaja računov –</w:t>
       </w:r>
       <w:r w:rsidR="003F2774" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D0295" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
@@ -24371,56 +24355,57 @@
     </w:p>
     <w:p w14:paraId="56AA8CEC" w14:textId="77777777" w:rsidR="00DA57D5" w:rsidRDefault="00DA57D5" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67ED240E" w14:textId="77777777" w:rsidR="00DA57D5" w:rsidRPr="00EB63B7" w:rsidRDefault="00732F66" w:rsidP="00EB63B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc187232346"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc221515333"/>
       <w:r w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00DA57D5" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 Vodenje evidenc in izdaja računov – </w:t>
       </w:r>
       <w:r w:rsidR="00C9281D" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">posebna </w:t>
       </w:r>
       <w:r w:rsidR="00DA57D5" w:rsidRPr="00EB63B7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uvozna ureditev</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
@@ -24474,51 +24459,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AF1F16C" w14:textId="77777777" w:rsidR="00FC6887" w:rsidRDefault="00FC6887" w:rsidP="00732F66">
       <w:pPr>
         <w:pStyle w:val="odstavek1"/>
         <w:spacing w:before="0" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E9680B6" w14:textId="1D50CD9C" w:rsidR="00505DB9" w:rsidRDefault="00505DB9" w:rsidP="00505DB9">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preglednica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: Obveznosti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>in pravila za izdajo računa po posamezni ureditvi</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -25177,50 +25161,51 @@
           </w:tcPr>
           <w:p w14:paraId="185B1C70" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7046">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Davčni zavezanec uporablja posebno ureditev</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A5EC3BC" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2087F557" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
@@ -25667,50 +25652,51 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:ind w:left="230" w:hanging="230"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7046">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Država članica identifikacije: druga DČ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F26F0A9" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7046">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- Kraj dobave blaga na daljavo: Slovenija</w:t>
             </w:r>
@@ -25847,51 +25833,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FBD8E8D" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7046">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kraj dobave blaga na daljavo: druga DČ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46126B00" w14:textId="77777777" w:rsidR="00505DB9" w:rsidRPr="007D7046" w:rsidRDefault="00505DB9" w:rsidP="00CD56AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3544"/>
                 <w:tab w:val="left" w:pos="5529"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7046">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- Obveznost izdaje računa: odvisno od pravil države dobave</w:t>
             </w:r>
@@ -26470,69 +26455,106 @@
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pri dobavi, ki jo opravi elektronski vmesnik prejemniku</w:t>
       </w:r>
       <w:r w:rsidRPr="00547B35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nadaljnja dobava): upoštevajo se pravila, predstavljena v zgornji preglednici.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BA11FD" w14:textId="7698CED7" w:rsidR="00505DB9" w:rsidRPr="005A69E6" w:rsidRDefault="00505DB9" w:rsidP="00505DB9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F440A7C" w14:textId="77777777" w:rsidR="00901C36" w:rsidRPr="00E81AD1" w:rsidRDefault="00901C36" w:rsidP="00505DB9">
+    <w:p w14:paraId="5F440A7C" w14:textId="77777777" w:rsidR="00901C36" w:rsidRDefault="00901C36" w:rsidP="00505DB9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="7DF2C177" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00505DB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+          <w:tab w:val="left" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D394D85" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRDefault="00AA7053" w:rsidP="00505DB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+          <w:tab w:val="left" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EEFF30" w14:textId="77777777" w:rsidR="00AA7053" w:rsidRPr="00E81AD1" w:rsidRDefault="00AA7053" w:rsidP="00505DB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3544"/>
+          <w:tab w:val="left" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="11DA83E4" w14:textId="77777777" w:rsidR="00625FBC" w:rsidRDefault="00732F66" w:rsidP="00364680">
       <w:pPr>
         <w:pStyle w:val="Naslov1"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc534614907"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc187232347"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc221515334"/>
       <w:r w:rsidRPr="004F0E5F">
+        <w:lastRenderedPageBreak/>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00625FBC" w:rsidRPr="004F0E5F">
         <w:t>.0 KAZENSKE DOLOČBE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="07028797" w14:textId="77777777" w:rsidR="004F0E5F" w:rsidRPr="004F0E5F" w:rsidRDefault="004F0E5F" w:rsidP="004F0E5F">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07186375" w14:textId="3F75C084" w:rsidR="000002CF" w:rsidRDefault="000002CF" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -26768,51 +26790,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4895BB6A" w14:textId="77777777" w:rsidR="00DF2E96" w:rsidRDefault="00DF2E96" w:rsidP="00732F66">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33439B63" w14:textId="50DD31E2" w:rsidR="00DF2E96" w:rsidRDefault="00DF2E96" w:rsidP="00732F66">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>V skladu s 3. točko prvega odstavka 141. člena ZDDV-1 se z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> globo od 4.000 do 75.000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD15B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00BD15B3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>v</w:t>
@@ -27329,161 +27350,161 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>v primeru, če obračun DDV ni predložen ali kadar je obračun predložen prepozno ali je nepravilen ali kadar plačilo DDV zamuja, morebitne obresti, kazni ali druge dajatve izračuna in odmeri država članica potrošnje.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00732F66" w:rsidRPr="00624EA2" w:rsidSect="00774BB8">
       <w:headerReference w:type="default" r:id="rId62"/>
       <w:footerReference w:type="default" r:id="rId63"/>
       <w:headerReference w:type="first" r:id="rId64"/>
       <w:footerReference w:type="first" r:id="rId65"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1835" w:bottom="1134" w:left="1701" w:header="964" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CD0535C" w14:textId="77777777" w:rsidR="00F94E0F" w:rsidRDefault="00F94E0F">
+    <w:p w14:paraId="09AFE8E8" w14:textId="77777777" w:rsidR="00D450AE" w:rsidRDefault="00D450AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06436AAC" w14:textId="77777777" w:rsidR="00F94E0F" w:rsidRDefault="00F94E0F">
+    <w:p w14:paraId="17521458" w14:textId="77777777" w:rsidR="00D450AE" w:rsidRDefault="00D450AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika">
     <w:panose1 w:val="02000506040000020004"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika Bold">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02000806030000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="390026FA" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB" w:rsidP="00751D38">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -27531,51 +27552,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>35</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="55E4052F" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
   <w:p w14:paraId="27A7B70A" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0DC0CE2D" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB" w:rsidP="00751D38">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="006F142E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006F142E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006F142E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -27623,60 +27644,60 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="006F142E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="38B240EE" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
   <w:p w14:paraId="2971C739" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E0440C5" w14:textId="77777777" w:rsidR="00F94E0F" w:rsidRDefault="00F94E0F">
+    <w:p w14:paraId="5699019D" w14:textId="77777777" w:rsidR="00D450AE" w:rsidRDefault="00D450AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B3C278F" w14:textId="77777777" w:rsidR="00F94E0F" w:rsidRDefault="00F94E0F">
+    <w:p w14:paraId="11D73CCA" w14:textId="77777777" w:rsidR="00D450AE" w:rsidRDefault="00D450AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="48C16DCA" w14:textId="77777777" w:rsidR="009356CB" w:rsidRPr="00F76E7C" w:rsidRDefault="009356CB" w:rsidP="00624EA2">
       <w:pPr>
         <w:pStyle w:val="Sprotnaopomba-besedilo"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Sprotnaopomba-sklic"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76E7C">
         <w:rPr>
@@ -27704,68 +27725,68 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>postopka urejena</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76E7C">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> v ločenih dokumentih</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49D8D9DA" w14:textId="77777777" w:rsidR="009356CB" w:rsidRPr="00110CBD" w:rsidRDefault="009356CB" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1F2A5491" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
   <w:p w14:paraId="35FB0662" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:bottomFromText="6005" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="925" w:tblpY="869"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="683"/>
     </w:tblGrid>
     <w:tr w:rsidR="009356CB" w:rsidRPr="008F3500" w14:paraId="1758C086" w14:textId="77777777">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="847"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0B8657F7" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB" w:rsidP="00D248DE">
           <w:pPr>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -28244,51 +28265,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>www.fu.gov.si</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F32C617" w14:textId="77777777" w:rsidR="009356CB" w:rsidRPr="008F3500" w:rsidRDefault="009356CB" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="69E63A0B" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
   <w:p w14:paraId="404DA218" w14:textId="77777777" w:rsidR="009356CB" w:rsidRDefault="009356CB"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="005E511C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B8279EC"/>
     <w:lvl w:ilvl="0" w:tplc="04240001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04240003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -32508,55 +32529,54 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1211455318">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2096127280">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="897323249">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1753967876">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="177279824">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1205294575">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="284"/>
   <w:drawingGridVerticalSpacing w:val="284"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -32601,60 +32621,62 @@
     <w:rsid w:val="00047DF7"/>
     <w:rsid w:val="00051BCE"/>
     <w:rsid w:val="0005441E"/>
     <w:rsid w:val="00061B10"/>
     <w:rsid w:val="00064F5F"/>
     <w:rsid w:val="0006667B"/>
     <w:rsid w:val="00066E24"/>
     <w:rsid w:val="00067E61"/>
     <w:rsid w:val="00067F91"/>
     <w:rsid w:val="000700CD"/>
     <w:rsid w:val="00071D30"/>
     <w:rsid w:val="0007297F"/>
     <w:rsid w:val="00073AC0"/>
     <w:rsid w:val="00073ACC"/>
     <w:rsid w:val="00075DB3"/>
     <w:rsid w:val="000767A6"/>
     <w:rsid w:val="0008352D"/>
     <w:rsid w:val="000837C6"/>
     <w:rsid w:val="00084484"/>
     <w:rsid w:val="00085FB7"/>
     <w:rsid w:val="000863C7"/>
     <w:rsid w:val="00090F6F"/>
     <w:rsid w:val="00091276"/>
     <w:rsid w:val="00093ADA"/>
     <w:rsid w:val="000968ED"/>
+    <w:rsid w:val="000A1CA4"/>
     <w:rsid w:val="000A2E75"/>
     <w:rsid w:val="000A31CD"/>
     <w:rsid w:val="000A433F"/>
     <w:rsid w:val="000A657A"/>
     <w:rsid w:val="000A7238"/>
     <w:rsid w:val="000B0B21"/>
     <w:rsid w:val="000B1867"/>
     <w:rsid w:val="000B3E05"/>
     <w:rsid w:val="000B534F"/>
     <w:rsid w:val="000C3205"/>
+    <w:rsid w:val="000C352E"/>
     <w:rsid w:val="000C4E04"/>
     <w:rsid w:val="000C5992"/>
     <w:rsid w:val="000D0FCE"/>
     <w:rsid w:val="000D161A"/>
     <w:rsid w:val="000D4DCC"/>
     <w:rsid w:val="000D6605"/>
     <w:rsid w:val="000D7CF5"/>
     <w:rsid w:val="000E1451"/>
     <w:rsid w:val="000E17AF"/>
     <w:rsid w:val="000E1977"/>
     <w:rsid w:val="000E1D96"/>
     <w:rsid w:val="000E2147"/>
     <w:rsid w:val="000E3D47"/>
     <w:rsid w:val="000E6B87"/>
     <w:rsid w:val="000F0391"/>
     <w:rsid w:val="000F0B99"/>
     <w:rsid w:val="000F16C1"/>
     <w:rsid w:val="000F2978"/>
     <w:rsid w:val="000F29FB"/>
     <w:rsid w:val="000F527B"/>
     <w:rsid w:val="000F7376"/>
     <w:rsid w:val="000F75BC"/>
     <w:rsid w:val="000F7A9A"/>
     <w:rsid w:val="000F7CEB"/>
     <w:rsid w:val="00106C68"/>
@@ -32672,50 +32694,51 @@
     <w:rsid w:val="0013541A"/>
     <w:rsid w:val="001357B2"/>
     <w:rsid w:val="00135C0D"/>
     <w:rsid w:val="001405CA"/>
     <w:rsid w:val="00140DB4"/>
     <w:rsid w:val="00141862"/>
     <w:rsid w:val="0014213A"/>
     <w:rsid w:val="00142B26"/>
     <w:rsid w:val="00150667"/>
     <w:rsid w:val="00152BDC"/>
     <w:rsid w:val="00154D38"/>
     <w:rsid w:val="00155711"/>
     <w:rsid w:val="00155C64"/>
     <w:rsid w:val="001561C3"/>
     <w:rsid w:val="00160F3C"/>
     <w:rsid w:val="00162677"/>
     <w:rsid w:val="001653C7"/>
     <w:rsid w:val="00167128"/>
     <w:rsid w:val="00170981"/>
     <w:rsid w:val="00170C21"/>
     <w:rsid w:val="00176D8F"/>
     <w:rsid w:val="00177A20"/>
     <w:rsid w:val="00181080"/>
     <w:rsid w:val="001811B3"/>
     <w:rsid w:val="00182069"/>
+    <w:rsid w:val="00182294"/>
     <w:rsid w:val="001824C0"/>
     <w:rsid w:val="00183EFA"/>
     <w:rsid w:val="00187E9C"/>
     <w:rsid w:val="001919E2"/>
     <w:rsid w:val="00191E23"/>
     <w:rsid w:val="0019259A"/>
     <w:rsid w:val="001936DF"/>
     <w:rsid w:val="00194573"/>
     <w:rsid w:val="001945E1"/>
     <w:rsid w:val="00194EE0"/>
     <w:rsid w:val="00197DCE"/>
     <w:rsid w:val="00197EE6"/>
     <w:rsid w:val="001A1B9C"/>
     <w:rsid w:val="001A2DE7"/>
     <w:rsid w:val="001A3BA5"/>
     <w:rsid w:val="001A6205"/>
     <w:rsid w:val="001A68A5"/>
     <w:rsid w:val="001A789F"/>
     <w:rsid w:val="001A7EDB"/>
     <w:rsid w:val="001B1EC1"/>
     <w:rsid w:val="001B33F8"/>
     <w:rsid w:val="001B497E"/>
     <w:rsid w:val="001B5037"/>
     <w:rsid w:val="001B604E"/>
     <w:rsid w:val="001B6F50"/>
@@ -32853,96 +32876,98 @@
     <w:rsid w:val="0034284D"/>
     <w:rsid w:val="00343D7D"/>
     <w:rsid w:val="0035189D"/>
     <w:rsid w:val="00352210"/>
     <w:rsid w:val="00354644"/>
     <w:rsid w:val="003577F2"/>
     <w:rsid w:val="003607FD"/>
     <w:rsid w:val="0036154D"/>
     <w:rsid w:val="00361E7F"/>
     <w:rsid w:val="003636BF"/>
     <w:rsid w:val="003641AE"/>
     <w:rsid w:val="00364680"/>
     <w:rsid w:val="00364CEE"/>
     <w:rsid w:val="00364CF0"/>
     <w:rsid w:val="00365029"/>
     <w:rsid w:val="00366479"/>
     <w:rsid w:val="00366B1C"/>
     <w:rsid w:val="003703EA"/>
     <w:rsid w:val="00370AA7"/>
     <w:rsid w:val="0037177D"/>
     <w:rsid w:val="00373491"/>
     <w:rsid w:val="003736EB"/>
     <w:rsid w:val="003744AC"/>
     <w:rsid w:val="0037479F"/>
     <w:rsid w:val="00376070"/>
+    <w:rsid w:val="00377532"/>
     <w:rsid w:val="00380553"/>
     <w:rsid w:val="00380B1E"/>
     <w:rsid w:val="00381067"/>
     <w:rsid w:val="003810E1"/>
     <w:rsid w:val="00382F0C"/>
     <w:rsid w:val="003833AC"/>
     <w:rsid w:val="003845B4"/>
     <w:rsid w:val="00384E60"/>
     <w:rsid w:val="003864CA"/>
     <w:rsid w:val="0038737C"/>
     <w:rsid w:val="00387B1A"/>
     <w:rsid w:val="00392264"/>
     <w:rsid w:val="00392755"/>
     <w:rsid w:val="0039359D"/>
     <w:rsid w:val="003965D2"/>
     <w:rsid w:val="003A0989"/>
     <w:rsid w:val="003A1B6E"/>
     <w:rsid w:val="003A42D5"/>
     <w:rsid w:val="003A4CBA"/>
     <w:rsid w:val="003A4E37"/>
     <w:rsid w:val="003A554F"/>
     <w:rsid w:val="003A602A"/>
     <w:rsid w:val="003A6CC2"/>
     <w:rsid w:val="003A7635"/>
     <w:rsid w:val="003B1BE5"/>
     <w:rsid w:val="003B1EF4"/>
     <w:rsid w:val="003B5D23"/>
     <w:rsid w:val="003C0C91"/>
     <w:rsid w:val="003C0D8D"/>
     <w:rsid w:val="003C46C3"/>
     <w:rsid w:val="003C50C0"/>
     <w:rsid w:val="003C7748"/>
     <w:rsid w:val="003D0D51"/>
     <w:rsid w:val="003D0FDB"/>
     <w:rsid w:val="003D0FED"/>
     <w:rsid w:val="003D3357"/>
     <w:rsid w:val="003D36ED"/>
     <w:rsid w:val="003D706F"/>
     <w:rsid w:val="003E092D"/>
     <w:rsid w:val="003E1C74"/>
     <w:rsid w:val="003E5AA6"/>
     <w:rsid w:val="003E7E5F"/>
     <w:rsid w:val="003F2774"/>
     <w:rsid w:val="003F3D64"/>
     <w:rsid w:val="003F5D57"/>
     <w:rsid w:val="004005BF"/>
+    <w:rsid w:val="004012D3"/>
     <w:rsid w:val="00401C05"/>
     <w:rsid w:val="0040210F"/>
     <w:rsid w:val="00404C6D"/>
     <w:rsid w:val="00404D43"/>
     <w:rsid w:val="0040679E"/>
     <w:rsid w:val="00407672"/>
     <w:rsid w:val="004167CF"/>
     <w:rsid w:val="00417222"/>
     <w:rsid w:val="00424341"/>
     <w:rsid w:val="00426128"/>
     <w:rsid w:val="00426455"/>
     <w:rsid w:val="004340E1"/>
     <w:rsid w:val="00436D3F"/>
     <w:rsid w:val="00436D7D"/>
     <w:rsid w:val="00436EC1"/>
     <w:rsid w:val="004429BE"/>
     <w:rsid w:val="00444CB1"/>
     <w:rsid w:val="00444EB5"/>
     <w:rsid w:val="0045039D"/>
     <w:rsid w:val="004514EB"/>
     <w:rsid w:val="00454018"/>
     <w:rsid w:val="00455604"/>
     <w:rsid w:val="004558B0"/>
     <w:rsid w:val="00455A9A"/>
     <w:rsid w:val="00456A58"/>
@@ -33025,50 +33050,51 @@
     <w:rsid w:val="00552DBF"/>
     <w:rsid w:val="00554074"/>
     <w:rsid w:val="005543A1"/>
     <w:rsid w:val="005550C9"/>
     <w:rsid w:val="00555C72"/>
     <w:rsid w:val="00557332"/>
     <w:rsid w:val="0055750E"/>
     <w:rsid w:val="0055787D"/>
     <w:rsid w:val="00560DE7"/>
     <w:rsid w:val="00562E66"/>
     <w:rsid w:val="00564266"/>
     <w:rsid w:val="00565437"/>
     <w:rsid w:val="00565BBD"/>
     <w:rsid w:val="00565CED"/>
     <w:rsid w:val="00567106"/>
     <w:rsid w:val="005676BB"/>
     <w:rsid w:val="00571324"/>
     <w:rsid w:val="00571377"/>
     <w:rsid w:val="00573173"/>
     <w:rsid w:val="005732A9"/>
     <w:rsid w:val="005749E4"/>
     <w:rsid w:val="00577721"/>
     <w:rsid w:val="0058256D"/>
     <w:rsid w:val="00584225"/>
     <w:rsid w:val="00584AEB"/>
+    <w:rsid w:val="005850F7"/>
     <w:rsid w:val="0058634E"/>
     <w:rsid w:val="005933C4"/>
     <w:rsid w:val="0059774B"/>
     <w:rsid w:val="005A1883"/>
     <w:rsid w:val="005A42BB"/>
     <w:rsid w:val="005A69E6"/>
     <w:rsid w:val="005B0D03"/>
     <w:rsid w:val="005B1373"/>
     <w:rsid w:val="005B1B5A"/>
     <w:rsid w:val="005B1EC0"/>
     <w:rsid w:val="005C3D7E"/>
     <w:rsid w:val="005C48E2"/>
     <w:rsid w:val="005C6612"/>
     <w:rsid w:val="005D653F"/>
     <w:rsid w:val="005E0B21"/>
     <w:rsid w:val="005E1300"/>
     <w:rsid w:val="005E1D3C"/>
     <w:rsid w:val="005E3B11"/>
     <w:rsid w:val="005E4FA7"/>
     <w:rsid w:val="005F1212"/>
     <w:rsid w:val="005F12FC"/>
     <w:rsid w:val="005F1300"/>
     <w:rsid w:val="005F36F5"/>
     <w:rsid w:val="005F37F0"/>
     <w:rsid w:val="005F3EF1"/>
@@ -33086,107 +33112,111 @@
     <w:rsid w:val="00615E89"/>
     <w:rsid w:val="00616445"/>
     <w:rsid w:val="00620A8B"/>
     <w:rsid w:val="00621923"/>
     <w:rsid w:val="00622F0E"/>
     <w:rsid w:val="006243B6"/>
     <w:rsid w:val="00624AAD"/>
     <w:rsid w:val="00624EA2"/>
     <w:rsid w:val="00625FBC"/>
     <w:rsid w:val="0062609C"/>
     <w:rsid w:val="00627508"/>
     <w:rsid w:val="006303BA"/>
     <w:rsid w:val="006312B0"/>
     <w:rsid w:val="00632253"/>
     <w:rsid w:val="00632FBC"/>
     <w:rsid w:val="0063795B"/>
     <w:rsid w:val="00640875"/>
     <w:rsid w:val="00642714"/>
     <w:rsid w:val="00643C4E"/>
     <w:rsid w:val="006455CE"/>
     <w:rsid w:val="0064629F"/>
     <w:rsid w:val="00646B52"/>
     <w:rsid w:val="00650665"/>
     <w:rsid w:val="00650D21"/>
     <w:rsid w:val="00652A52"/>
+    <w:rsid w:val="006560A0"/>
     <w:rsid w:val="00661441"/>
     <w:rsid w:val="006630E1"/>
     <w:rsid w:val="00663164"/>
     <w:rsid w:val="006637E4"/>
     <w:rsid w:val="00663A2E"/>
     <w:rsid w:val="00664116"/>
     <w:rsid w:val="00664EF1"/>
     <w:rsid w:val="006652BF"/>
     <w:rsid w:val="00672938"/>
     <w:rsid w:val="00673BD2"/>
     <w:rsid w:val="00675526"/>
     <w:rsid w:val="00676627"/>
     <w:rsid w:val="0067735A"/>
     <w:rsid w:val="006802DB"/>
     <w:rsid w:val="00681738"/>
     <w:rsid w:val="00682A5D"/>
     <w:rsid w:val="00683EBA"/>
     <w:rsid w:val="006848B7"/>
     <w:rsid w:val="00684EF4"/>
     <w:rsid w:val="00686584"/>
     <w:rsid w:val="006869DB"/>
     <w:rsid w:val="00686E30"/>
     <w:rsid w:val="00691312"/>
     <w:rsid w:val="0069215F"/>
     <w:rsid w:val="006943B0"/>
     <w:rsid w:val="00694599"/>
     <w:rsid w:val="00697799"/>
     <w:rsid w:val="006A085A"/>
     <w:rsid w:val="006A1160"/>
     <w:rsid w:val="006A29AE"/>
     <w:rsid w:val="006A3711"/>
     <w:rsid w:val="006A443C"/>
     <w:rsid w:val="006A49A8"/>
+    <w:rsid w:val="006A56FD"/>
     <w:rsid w:val="006B0FE9"/>
     <w:rsid w:val="006B1AA8"/>
     <w:rsid w:val="006B1DB8"/>
     <w:rsid w:val="006B6C93"/>
     <w:rsid w:val="006C1530"/>
     <w:rsid w:val="006C28EF"/>
     <w:rsid w:val="006C2E6F"/>
     <w:rsid w:val="006C44D6"/>
     <w:rsid w:val="006C5485"/>
     <w:rsid w:val="006D1110"/>
     <w:rsid w:val="006D1E76"/>
     <w:rsid w:val="006D395A"/>
     <w:rsid w:val="006D42D9"/>
     <w:rsid w:val="006E0B0E"/>
     <w:rsid w:val="006E1EC8"/>
     <w:rsid w:val="006E433C"/>
+    <w:rsid w:val="006E452A"/>
     <w:rsid w:val="006E598E"/>
     <w:rsid w:val="006E6AD1"/>
     <w:rsid w:val="006E7D89"/>
     <w:rsid w:val="006F0622"/>
     <w:rsid w:val="006F1B53"/>
     <w:rsid w:val="006F3634"/>
     <w:rsid w:val="006F370C"/>
     <w:rsid w:val="006F5EA6"/>
+    <w:rsid w:val="006F7406"/>
     <w:rsid w:val="00700366"/>
     <w:rsid w:val="00701D0D"/>
     <w:rsid w:val="00703896"/>
     <w:rsid w:val="00704703"/>
     <w:rsid w:val="00704C04"/>
     <w:rsid w:val="00711424"/>
     <w:rsid w:val="00711FE7"/>
     <w:rsid w:val="007121E9"/>
     <w:rsid w:val="00712A85"/>
     <w:rsid w:val="00712D1A"/>
     <w:rsid w:val="0071301F"/>
     <w:rsid w:val="007137DF"/>
     <w:rsid w:val="00713B15"/>
     <w:rsid w:val="00714284"/>
     <w:rsid w:val="00721869"/>
     <w:rsid w:val="00721CCE"/>
     <w:rsid w:val="00722079"/>
     <w:rsid w:val="00722691"/>
     <w:rsid w:val="00722C69"/>
     <w:rsid w:val="00722EA5"/>
     <w:rsid w:val="0072389B"/>
     <w:rsid w:val="00723EC7"/>
     <w:rsid w:val="00724ABD"/>
     <w:rsid w:val="00726463"/>
     <w:rsid w:val="007328BF"/>
@@ -33215,129 +33245,135 @@
     <w:rsid w:val="00773073"/>
     <w:rsid w:val="0077410B"/>
     <w:rsid w:val="00774744"/>
     <w:rsid w:val="00774BB8"/>
     <w:rsid w:val="00776EF5"/>
     <w:rsid w:val="00777258"/>
     <w:rsid w:val="00781386"/>
     <w:rsid w:val="00782190"/>
     <w:rsid w:val="00782536"/>
     <w:rsid w:val="00783310"/>
     <w:rsid w:val="00783B55"/>
     <w:rsid w:val="00783B62"/>
     <w:rsid w:val="00783FB3"/>
     <w:rsid w:val="007848FA"/>
     <w:rsid w:val="00785E72"/>
     <w:rsid w:val="00786941"/>
     <w:rsid w:val="00790F96"/>
     <w:rsid w:val="00791091"/>
     <w:rsid w:val="0079330F"/>
     <w:rsid w:val="00794AE0"/>
     <w:rsid w:val="00795FE5"/>
     <w:rsid w:val="00797390"/>
     <w:rsid w:val="007974EC"/>
     <w:rsid w:val="007A13FE"/>
     <w:rsid w:val="007A209F"/>
+    <w:rsid w:val="007A2118"/>
     <w:rsid w:val="007A2924"/>
     <w:rsid w:val="007A39E1"/>
     <w:rsid w:val="007A4A6D"/>
     <w:rsid w:val="007A59C2"/>
     <w:rsid w:val="007A64E1"/>
     <w:rsid w:val="007A6D85"/>
     <w:rsid w:val="007B033A"/>
     <w:rsid w:val="007B35BD"/>
     <w:rsid w:val="007B6080"/>
     <w:rsid w:val="007B73A5"/>
     <w:rsid w:val="007C120D"/>
+    <w:rsid w:val="007C2A8E"/>
     <w:rsid w:val="007C56B7"/>
     <w:rsid w:val="007C5DF8"/>
     <w:rsid w:val="007C7307"/>
     <w:rsid w:val="007D1BCF"/>
     <w:rsid w:val="007D4746"/>
     <w:rsid w:val="007D75CF"/>
     <w:rsid w:val="007D7D22"/>
     <w:rsid w:val="007E0695"/>
     <w:rsid w:val="007E30B4"/>
     <w:rsid w:val="007E3550"/>
     <w:rsid w:val="007E3FEB"/>
+    <w:rsid w:val="007E547F"/>
     <w:rsid w:val="007E6DC5"/>
     <w:rsid w:val="007E70D1"/>
     <w:rsid w:val="007F6666"/>
     <w:rsid w:val="007F6E04"/>
     <w:rsid w:val="007F6F9E"/>
     <w:rsid w:val="00807EA7"/>
     <w:rsid w:val="00810361"/>
     <w:rsid w:val="00810860"/>
     <w:rsid w:val="00810F56"/>
     <w:rsid w:val="00815286"/>
     <w:rsid w:val="0081578B"/>
     <w:rsid w:val="0081774E"/>
     <w:rsid w:val="00817DB4"/>
     <w:rsid w:val="00823DE4"/>
     <w:rsid w:val="008270A4"/>
     <w:rsid w:val="008277AC"/>
+    <w:rsid w:val="00832261"/>
     <w:rsid w:val="00832C0F"/>
     <w:rsid w:val="00832D97"/>
     <w:rsid w:val="00834AA4"/>
     <w:rsid w:val="008350CD"/>
     <w:rsid w:val="008365C2"/>
     <w:rsid w:val="00840784"/>
     <w:rsid w:val="00843ADF"/>
+    <w:rsid w:val="00845ED3"/>
     <w:rsid w:val="0084616D"/>
     <w:rsid w:val="00851C13"/>
     <w:rsid w:val="0085239B"/>
     <w:rsid w:val="008530A4"/>
     <w:rsid w:val="00856B7A"/>
     <w:rsid w:val="00860EEA"/>
     <w:rsid w:val="00860F3F"/>
     <w:rsid w:val="00861045"/>
     <w:rsid w:val="00864639"/>
     <w:rsid w:val="00865E95"/>
     <w:rsid w:val="00870C39"/>
     <w:rsid w:val="008738C9"/>
     <w:rsid w:val="00877B82"/>
     <w:rsid w:val="008802CF"/>
     <w:rsid w:val="0088043C"/>
     <w:rsid w:val="00880606"/>
     <w:rsid w:val="008817E1"/>
     <w:rsid w:val="008832FA"/>
     <w:rsid w:val="00887974"/>
     <w:rsid w:val="00887F6E"/>
     <w:rsid w:val="008906C9"/>
     <w:rsid w:val="00890F3D"/>
     <w:rsid w:val="008910DA"/>
     <w:rsid w:val="00893140"/>
     <w:rsid w:val="008940AF"/>
     <w:rsid w:val="0089632A"/>
     <w:rsid w:val="008A2119"/>
     <w:rsid w:val="008A2898"/>
     <w:rsid w:val="008A339B"/>
     <w:rsid w:val="008A5D25"/>
     <w:rsid w:val="008A71D4"/>
     <w:rsid w:val="008B0AFE"/>
     <w:rsid w:val="008B1361"/>
     <w:rsid w:val="008B156E"/>
+    <w:rsid w:val="008B1771"/>
     <w:rsid w:val="008B319B"/>
     <w:rsid w:val="008B32B9"/>
     <w:rsid w:val="008B3510"/>
     <w:rsid w:val="008B4C04"/>
     <w:rsid w:val="008B609B"/>
     <w:rsid w:val="008B7CC9"/>
     <w:rsid w:val="008C1C43"/>
     <w:rsid w:val="008C44AE"/>
     <w:rsid w:val="008C48B0"/>
     <w:rsid w:val="008C4B8E"/>
     <w:rsid w:val="008C5577"/>
     <w:rsid w:val="008C5738"/>
     <w:rsid w:val="008C5916"/>
     <w:rsid w:val="008C6863"/>
     <w:rsid w:val="008D04F0"/>
     <w:rsid w:val="008D1633"/>
     <w:rsid w:val="008D2D37"/>
     <w:rsid w:val="008D3EBF"/>
     <w:rsid w:val="008D5361"/>
     <w:rsid w:val="008E20B5"/>
     <w:rsid w:val="008E241B"/>
     <w:rsid w:val="008E27F3"/>
     <w:rsid w:val="008E5242"/>
     <w:rsid w:val="008E52FE"/>
     <w:rsid w:val="008E5F71"/>
@@ -33392,123 +33428,127 @@
     <w:rsid w:val="00967BED"/>
     <w:rsid w:val="00970615"/>
     <w:rsid w:val="00971BEE"/>
     <w:rsid w:val="0097234C"/>
     <w:rsid w:val="00972A65"/>
     <w:rsid w:val="00974EA6"/>
     <w:rsid w:val="009755B3"/>
     <w:rsid w:val="00975A76"/>
     <w:rsid w:val="00976530"/>
     <w:rsid w:val="00976E82"/>
     <w:rsid w:val="009860DA"/>
     <w:rsid w:val="009865C7"/>
     <w:rsid w:val="009876F5"/>
     <w:rsid w:val="0099019E"/>
     <w:rsid w:val="00992458"/>
     <w:rsid w:val="00992B9B"/>
     <w:rsid w:val="00992B9F"/>
     <w:rsid w:val="009947ED"/>
     <w:rsid w:val="00994BE5"/>
     <w:rsid w:val="009A2EF9"/>
     <w:rsid w:val="009A4D75"/>
     <w:rsid w:val="009A522F"/>
     <w:rsid w:val="009A6F89"/>
     <w:rsid w:val="009B0A78"/>
     <w:rsid w:val="009B36EE"/>
+    <w:rsid w:val="009B5B06"/>
     <w:rsid w:val="009B5BBB"/>
     <w:rsid w:val="009B668A"/>
     <w:rsid w:val="009B7D79"/>
     <w:rsid w:val="009C0327"/>
     <w:rsid w:val="009C0EB7"/>
     <w:rsid w:val="009C0EF5"/>
     <w:rsid w:val="009D0DA6"/>
     <w:rsid w:val="009D7B94"/>
     <w:rsid w:val="009E1D64"/>
+    <w:rsid w:val="009E3B06"/>
     <w:rsid w:val="009E5184"/>
     <w:rsid w:val="009E6379"/>
     <w:rsid w:val="009F1135"/>
     <w:rsid w:val="009F2BB8"/>
     <w:rsid w:val="009F5CCF"/>
     <w:rsid w:val="009F5FEF"/>
     <w:rsid w:val="009F6FF4"/>
     <w:rsid w:val="00A005CF"/>
     <w:rsid w:val="00A0062E"/>
     <w:rsid w:val="00A04326"/>
     <w:rsid w:val="00A046BA"/>
     <w:rsid w:val="00A046D7"/>
     <w:rsid w:val="00A076B7"/>
     <w:rsid w:val="00A078F9"/>
     <w:rsid w:val="00A07EEF"/>
     <w:rsid w:val="00A120D6"/>
     <w:rsid w:val="00A125C5"/>
     <w:rsid w:val="00A12D5C"/>
     <w:rsid w:val="00A1332B"/>
     <w:rsid w:val="00A1395A"/>
     <w:rsid w:val="00A13BCA"/>
+    <w:rsid w:val="00A150B5"/>
     <w:rsid w:val="00A155D0"/>
     <w:rsid w:val="00A16E98"/>
     <w:rsid w:val="00A21852"/>
     <w:rsid w:val="00A220E3"/>
     <w:rsid w:val="00A27B46"/>
     <w:rsid w:val="00A27E07"/>
     <w:rsid w:val="00A37870"/>
     <w:rsid w:val="00A413A4"/>
     <w:rsid w:val="00A41B8F"/>
     <w:rsid w:val="00A42A2D"/>
     <w:rsid w:val="00A444D2"/>
     <w:rsid w:val="00A459B5"/>
     <w:rsid w:val="00A5039D"/>
     <w:rsid w:val="00A5073F"/>
     <w:rsid w:val="00A51DCE"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A5559F"/>
     <w:rsid w:val="00A55CC5"/>
     <w:rsid w:val="00A55F66"/>
     <w:rsid w:val="00A61FC7"/>
     <w:rsid w:val="00A63B3C"/>
     <w:rsid w:val="00A65CCE"/>
     <w:rsid w:val="00A65EE7"/>
     <w:rsid w:val="00A70133"/>
     <w:rsid w:val="00A70201"/>
     <w:rsid w:val="00A708D0"/>
     <w:rsid w:val="00A742BA"/>
     <w:rsid w:val="00A757FA"/>
     <w:rsid w:val="00A75E03"/>
     <w:rsid w:val="00A8241B"/>
     <w:rsid w:val="00A84420"/>
     <w:rsid w:val="00A84AB9"/>
     <w:rsid w:val="00A84BCD"/>
     <w:rsid w:val="00A84C24"/>
     <w:rsid w:val="00A921E2"/>
     <w:rsid w:val="00A9295B"/>
     <w:rsid w:val="00A92A55"/>
     <w:rsid w:val="00A931BA"/>
     <w:rsid w:val="00A95521"/>
     <w:rsid w:val="00A96567"/>
     <w:rsid w:val="00A96843"/>
     <w:rsid w:val="00A9782A"/>
     <w:rsid w:val="00AA51D5"/>
+    <w:rsid w:val="00AA7053"/>
     <w:rsid w:val="00AA7577"/>
     <w:rsid w:val="00AB253F"/>
     <w:rsid w:val="00AB3E39"/>
     <w:rsid w:val="00AB4AE5"/>
     <w:rsid w:val="00AB56CE"/>
     <w:rsid w:val="00AB661B"/>
     <w:rsid w:val="00AC04F0"/>
     <w:rsid w:val="00AC3C6A"/>
     <w:rsid w:val="00AC5BA8"/>
     <w:rsid w:val="00AC5C16"/>
     <w:rsid w:val="00AC67E3"/>
     <w:rsid w:val="00AC6FC7"/>
     <w:rsid w:val="00AD104D"/>
     <w:rsid w:val="00AD445B"/>
     <w:rsid w:val="00AD7DBD"/>
     <w:rsid w:val="00AE1144"/>
     <w:rsid w:val="00AE2C9C"/>
     <w:rsid w:val="00AE3250"/>
     <w:rsid w:val="00AE5381"/>
     <w:rsid w:val="00AE7424"/>
     <w:rsid w:val="00AF0EAC"/>
     <w:rsid w:val="00AF5142"/>
     <w:rsid w:val="00AF540B"/>
     <w:rsid w:val="00AF714F"/>
     <w:rsid w:val="00AF794A"/>
@@ -33543,88 +33583,90 @@
     <w:rsid w:val="00B46F19"/>
     <w:rsid w:val="00B5100D"/>
     <w:rsid w:val="00B54216"/>
     <w:rsid w:val="00B54575"/>
     <w:rsid w:val="00B60A96"/>
     <w:rsid w:val="00B6211C"/>
     <w:rsid w:val="00B624F1"/>
     <w:rsid w:val="00B636B8"/>
     <w:rsid w:val="00B639B7"/>
     <w:rsid w:val="00B64086"/>
     <w:rsid w:val="00B64399"/>
     <w:rsid w:val="00B64FAF"/>
     <w:rsid w:val="00B659FD"/>
     <w:rsid w:val="00B66C77"/>
     <w:rsid w:val="00B70476"/>
     <w:rsid w:val="00B73B21"/>
     <w:rsid w:val="00B73D4B"/>
     <w:rsid w:val="00B75725"/>
     <w:rsid w:val="00B758C6"/>
     <w:rsid w:val="00B76989"/>
     <w:rsid w:val="00B8094F"/>
     <w:rsid w:val="00B8106C"/>
     <w:rsid w:val="00B8230C"/>
     <w:rsid w:val="00B8547D"/>
     <w:rsid w:val="00B858BB"/>
+    <w:rsid w:val="00B91BC0"/>
     <w:rsid w:val="00B95610"/>
     <w:rsid w:val="00B96738"/>
     <w:rsid w:val="00B97C42"/>
     <w:rsid w:val="00BA0135"/>
     <w:rsid w:val="00BA0F20"/>
     <w:rsid w:val="00BA18BD"/>
     <w:rsid w:val="00BA4041"/>
     <w:rsid w:val="00BA724C"/>
     <w:rsid w:val="00BB1D5B"/>
     <w:rsid w:val="00BB2D30"/>
     <w:rsid w:val="00BB391C"/>
     <w:rsid w:val="00BB7804"/>
     <w:rsid w:val="00BC0325"/>
     <w:rsid w:val="00BC06A4"/>
     <w:rsid w:val="00BC0D09"/>
     <w:rsid w:val="00BC11A8"/>
     <w:rsid w:val="00BC1A91"/>
     <w:rsid w:val="00BC228C"/>
     <w:rsid w:val="00BC4DE8"/>
     <w:rsid w:val="00BC5D41"/>
     <w:rsid w:val="00BD0B4D"/>
     <w:rsid w:val="00BD15B3"/>
     <w:rsid w:val="00BD21C9"/>
     <w:rsid w:val="00BD297E"/>
     <w:rsid w:val="00BD2E14"/>
     <w:rsid w:val="00BD6496"/>
     <w:rsid w:val="00BD6E38"/>
     <w:rsid w:val="00BE095D"/>
     <w:rsid w:val="00BE25BC"/>
     <w:rsid w:val="00BE65C8"/>
     <w:rsid w:val="00BF166E"/>
     <w:rsid w:val="00BF31C7"/>
     <w:rsid w:val="00BF4183"/>
     <w:rsid w:val="00BF48D9"/>
     <w:rsid w:val="00BF4CD4"/>
     <w:rsid w:val="00BF5349"/>
     <w:rsid w:val="00BF5CA6"/>
     <w:rsid w:val="00BF65B6"/>
+    <w:rsid w:val="00C00705"/>
     <w:rsid w:val="00C0299D"/>
     <w:rsid w:val="00C0338D"/>
     <w:rsid w:val="00C04D33"/>
     <w:rsid w:val="00C05B8B"/>
     <w:rsid w:val="00C1375C"/>
     <w:rsid w:val="00C22D50"/>
     <w:rsid w:val="00C250D5"/>
     <w:rsid w:val="00C2588C"/>
     <w:rsid w:val="00C27958"/>
     <w:rsid w:val="00C3593D"/>
     <w:rsid w:val="00C40D86"/>
     <w:rsid w:val="00C42639"/>
     <w:rsid w:val="00C433C6"/>
     <w:rsid w:val="00C438DE"/>
     <w:rsid w:val="00C46495"/>
     <w:rsid w:val="00C46C97"/>
     <w:rsid w:val="00C47F8D"/>
     <w:rsid w:val="00C5009C"/>
     <w:rsid w:val="00C501EE"/>
     <w:rsid w:val="00C50373"/>
     <w:rsid w:val="00C507E7"/>
     <w:rsid w:val="00C50AA1"/>
     <w:rsid w:val="00C53AEF"/>
     <w:rsid w:val="00C562BC"/>
     <w:rsid w:val="00C569AA"/>
@@ -33683,76 +33725,80 @@
     <w:rsid w:val="00D059B4"/>
     <w:rsid w:val="00D06047"/>
     <w:rsid w:val="00D06230"/>
     <w:rsid w:val="00D068DA"/>
     <w:rsid w:val="00D12751"/>
     <w:rsid w:val="00D16DD0"/>
     <w:rsid w:val="00D17B37"/>
     <w:rsid w:val="00D210DE"/>
     <w:rsid w:val="00D2281B"/>
     <w:rsid w:val="00D22D40"/>
     <w:rsid w:val="00D234A7"/>
     <w:rsid w:val="00D23D82"/>
     <w:rsid w:val="00D248DE"/>
     <w:rsid w:val="00D250A8"/>
     <w:rsid w:val="00D25445"/>
     <w:rsid w:val="00D259F0"/>
     <w:rsid w:val="00D26764"/>
     <w:rsid w:val="00D2780C"/>
     <w:rsid w:val="00D278B7"/>
     <w:rsid w:val="00D30F63"/>
     <w:rsid w:val="00D315F7"/>
     <w:rsid w:val="00D3255C"/>
     <w:rsid w:val="00D3773B"/>
     <w:rsid w:val="00D37B52"/>
     <w:rsid w:val="00D37DAE"/>
+    <w:rsid w:val="00D441B7"/>
     <w:rsid w:val="00D44C75"/>
+    <w:rsid w:val="00D450AE"/>
     <w:rsid w:val="00D45BD1"/>
     <w:rsid w:val="00D5045D"/>
     <w:rsid w:val="00D50731"/>
+    <w:rsid w:val="00D508A1"/>
     <w:rsid w:val="00D518C4"/>
     <w:rsid w:val="00D529C2"/>
     <w:rsid w:val="00D55EDD"/>
     <w:rsid w:val="00D62E06"/>
     <w:rsid w:val="00D6697E"/>
     <w:rsid w:val="00D67A41"/>
     <w:rsid w:val="00D67B95"/>
     <w:rsid w:val="00D700F8"/>
     <w:rsid w:val="00D73D55"/>
     <w:rsid w:val="00D749C7"/>
     <w:rsid w:val="00D757C9"/>
     <w:rsid w:val="00D77AD3"/>
     <w:rsid w:val="00D81083"/>
     <w:rsid w:val="00D84279"/>
     <w:rsid w:val="00D8542D"/>
     <w:rsid w:val="00D93798"/>
     <w:rsid w:val="00D94087"/>
     <w:rsid w:val="00DA0F30"/>
     <w:rsid w:val="00DA2D6B"/>
     <w:rsid w:val="00DA57D5"/>
     <w:rsid w:val="00DB157B"/>
     <w:rsid w:val="00DB2111"/>
+    <w:rsid w:val="00DB386B"/>
     <w:rsid w:val="00DB3DAF"/>
     <w:rsid w:val="00DB44DF"/>
     <w:rsid w:val="00DB45BD"/>
     <w:rsid w:val="00DB60BF"/>
     <w:rsid w:val="00DB6576"/>
     <w:rsid w:val="00DC0799"/>
     <w:rsid w:val="00DC1560"/>
     <w:rsid w:val="00DC6A71"/>
     <w:rsid w:val="00DC75D7"/>
     <w:rsid w:val="00DD0091"/>
     <w:rsid w:val="00DD14D1"/>
     <w:rsid w:val="00DD32E4"/>
     <w:rsid w:val="00DD3E0C"/>
     <w:rsid w:val="00DD499C"/>
     <w:rsid w:val="00DD5467"/>
     <w:rsid w:val="00DD6486"/>
     <w:rsid w:val="00DD6776"/>
     <w:rsid w:val="00DE0CA1"/>
     <w:rsid w:val="00DE1DDF"/>
     <w:rsid w:val="00DE2ABC"/>
     <w:rsid w:val="00DE33DD"/>
     <w:rsid w:val="00DE5B46"/>
     <w:rsid w:val="00DE63BB"/>
     <w:rsid w:val="00DF2E96"/>
     <w:rsid w:val="00DF4F87"/>
@@ -33784,106 +33830,109 @@
     <w:rsid w:val="00E55572"/>
     <w:rsid w:val="00E576DE"/>
     <w:rsid w:val="00E612C0"/>
     <w:rsid w:val="00E71F07"/>
     <w:rsid w:val="00E74888"/>
     <w:rsid w:val="00E774A7"/>
     <w:rsid w:val="00E80A17"/>
     <w:rsid w:val="00E814E3"/>
     <w:rsid w:val="00E81D37"/>
     <w:rsid w:val="00E82522"/>
     <w:rsid w:val="00E826CC"/>
     <w:rsid w:val="00E91E9A"/>
     <w:rsid w:val="00E92991"/>
     <w:rsid w:val="00E938E2"/>
     <w:rsid w:val="00E939B9"/>
     <w:rsid w:val="00E939D7"/>
     <w:rsid w:val="00E9576F"/>
     <w:rsid w:val="00E96368"/>
     <w:rsid w:val="00E97C60"/>
     <w:rsid w:val="00E97E11"/>
     <w:rsid w:val="00EA1E57"/>
     <w:rsid w:val="00EA441D"/>
     <w:rsid w:val="00EA5DA6"/>
     <w:rsid w:val="00EA6D06"/>
     <w:rsid w:val="00EA7183"/>
+    <w:rsid w:val="00EB1242"/>
     <w:rsid w:val="00EB1A64"/>
     <w:rsid w:val="00EB4BBC"/>
     <w:rsid w:val="00EB63B7"/>
     <w:rsid w:val="00EB7D2D"/>
     <w:rsid w:val="00EC0537"/>
     <w:rsid w:val="00EC1050"/>
     <w:rsid w:val="00EC1364"/>
     <w:rsid w:val="00EC1FF2"/>
     <w:rsid w:val="00EC2B53"/>
     <w:rsid w:val="00EC3BB3"/>
     <w:rsid w:val="00EC52F1"/>
     <w:rsid w:val="00EC5AB9"/>
     <w:rsid w:val="00EC6F26"/>
     <w:rsid w:val="00EC7421"/>
     <w:rsid w:val="00ED0056"/>
     <w:rsid w:val="00ED53BE"/>
     <w:rsid w:val="00ED7E82"/>
     <w:rsid w:val="00EE062B"/>
     <w:rsid w:val="00EE4713"/>
     <w:rsid w:val="00EE7CC7"/>
     <w:rsid w:val="00EF0582"/>
     <w:rsid w:val="00EF0F6D"/>
     <w:rsid w:val="00EF2B21"/>
     <w:rsid w:val="00EF5869"/>
     <w:rsid w:val="00EF7995"/>
     <w:rsid w:val="00F01612"/>
     <w:rsid w:val="00F01AC6"/>
     <w:rsid w:val="00F039CD"/>
     <w:rsid w:val="00F06AF0"/>
     <w:rsid w:val="00F10297"/>
     <w:rsid w:val="00F11640"/>
     <w:rsid w:val="00F153E5"/>
+    <w:rsid w:val="00F17DBB"/>
     <w:rsid w:val="00F221B8"/>
     <w:rsid w:val="00F240BB"/>
     <w:rsid w:val="00F24566"/>
     <w:rsid w:val="00F268D5"/>
     <w:rsid w:val="00F32069"/>
     <w:rsid w:val="00F3678D"/>
     <w:rsid w:val="00F3686F"/>
     <w:rsid w:val="00F3704C"/>
     <w:rsid w:val="00F43099"/>
     <w:rsid w:val="00F43544"/>
     <w:rsid w:val="00F43DBD"/>
     <w:rsid w:val="00F46724"/>
     <w:rsid w:val="00F47D66"/>
     <w:rsid w:val="00F52D33"/>
     <w:rsid w:val="00F538AC"/>
     <w:rsid w:val="00F54271"/>
     <w:rsid w:val="00F56337"/>
     <w:rsid w:val="00F57FED"/>
     <w:rsid w:val="00F60B64"/>
     <w:rsid w:val="00F66FD5"/>
     <w:rsid w:val="00F74FBA"/>
     <w:rsid w:val="00F75A7F"/>
     <w:rsid w:val="00F76393"/>
     <w:rsid w:val="00F76D44"/>
+    <w:rsid w:val="00F77FBC"/>
     <w:rsid w:val="00F80F11"/>
     <w:rsid w:val="00F83A04"/>
     <w:rsid w:val="00F85443"/>
     <w:rsid w:val="00F907E8"/>
     <w:rsid w:val="00F912B1"/>
     <w:rsid w:val="00F92D37"/>
     <w:rsid w:val="00F93EA7"/>
     <w:rsid w:val="00F9414E"/>
     <w:rsid w:val="00F94E0F"/>
     <w:rsid w:val="00F965AC"/>
     <w:rsid w:val="00F97A56"/>
     <w:rsid w:val="00FA07F7"/>
     <w:rsid w:val="00FA0A49"/>
     <w:rsid w:val="00FA0D52"/>
     <w:rsid w:val="00FA1C51"/>
     <w:rsid w:val="00FA28F2"/>
     <w:rsid w:val="00FA2B14"/>
     <w:rsid w:val="00FA4594"/>
     <w:rsid w:val="00FA70DD"/>
     <w:rsid w:val="00FA787E"/>
     <w:rsid w:val="00FA79D0"/>
     <w:rsid w:val="00FA7AD2"/>
     <w:rsid w:val="00FB2844"/>
     <w:rsid w:val="00FB3C68"/>
     <w:rsid w:val="00FB3FD7"/>
@@ -33928,51 +33977,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sl-SI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4ABCD35F"/>
   <w15:docId w15:val="{91E89D24-B982-43C6-B1AE-2968A41BDBD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="15" w:after="15" w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="17" w:right="17"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -35359,51 +35408,51 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Nerazreenaomemba">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Privzetapisavaodstavka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E2E7F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="3868114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="757408176">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -38696,74 +38745,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B65F53B-ACAE-4E24-910C-22407019F343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>36</Pages>
-  <Words>12943</Words>
-  <Characters>79657</Characters>
+  <Words>13838</Words>
+  <Characters>78880</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>663</Lines>
-  <Paragraphs>184</Paragraphs>
+  <Lines>657</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Številka:</vt:lpstr>
       <vt:lpstr>Številka: </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Davčna Uprava RS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>92416</CharactersWithSpaces>
+  <CharactersWithSpaces>92533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Številka:</dc:title>
   <dc:creator>Vida Skomina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>